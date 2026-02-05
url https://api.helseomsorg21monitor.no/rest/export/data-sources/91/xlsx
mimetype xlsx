--- v0 (2025-11-03)
+++ v1 (2026-02-05)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
+    <sheet name="export" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -3613,42 +3613,924 @@
       <c r="E168" t="n">
         <v>2023.0</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
           <t>Stroke</t>
         </is>
       </c>
       <c r="B169" t="n">
         <v>7449612.0</v>
       </c>
       <c r="C169" t="n">
         <v>8095278.0</v>
       </c>
       <c r="D169" t="inlineStr">
         <is>
           <t>Engelsk</t>
         </is>
       </c>
       <c r="E169" t="n">
         <v>2023.0</v>
       </c>
     </row>
+    <row r="170">
+      <c r="A170" t="inlineStr">
+        <is>
+          <t>Kreft</t>
+        </is>
+      </c>
+      <c r="B170" t="n">
+        <v>2.04231394E8</v>
+      </c>
+      <c r="C170" t="n">
+        <v>2.21017242E8</v>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E170" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="inlineStr">
+        <is>
+          <t>Hjerne og nervesystemet</t>
+        </is>
+      </c>
+      <c r="B171" t="n">
+        <v>1.12769285E8</v>
+      </c>
+      <c r="C171" t="n">
+        <v>1.22956843E8</v>
+      </c>
+      <c r="D171" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E171" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="inlineStr">
+        <is>
+          <t>Hjerte og kar</t>
+        </is>
+      </c>
+      <c r="B172" t="n">
+        <v>9.9171035E7</v>
+      </c>
+      <c r="C172" t="n">
+        <v>1.13610868E8</v>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E172" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="inlineStr">
+        <is>
+          <t>Mental helse</t>
+        </is>
+      </c>
+      <c r="B173" t="n">
+        <v>1.54276771E8</v>
+      </c>
+      <c r="C173" t="n">
+        <v>1.58322954E8</v>
+      </c>
+      <c r="D173" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E173" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="inlineStr">
+        <is>
+          <t>Betennelse og immunsystem</t>
+        </is>
+      </c>
+      <c r="B174" t="n">
+        <v>8.4955589E7</v>
+      </c>
+      <c r="C174" t="n">
+        <v>1.06141868E8</v>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E174" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="inlineStr">
+        <is>
+          <t>Generell helserelevans</t>
+        </is>
+      </c>
+      <c r="B175" t="n">
+        <v>3.902748E7</v>
+      </c>
+      <c r="C175" t="n">
+        <v>4.1195813E7</v>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E175" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="inlineStr">
+        <is>
+          <t>Stoffskifte og hormoner</t>
+        </is>
+      </c>
+      <c r="B176" t="n">
+        <v>3.9441212E7</v>
+      </c>
+      <c r="C176" t="n">
+        <v>4.5247545E7</v>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E176" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="inlineStr">
+        <is>
+          <t>Infeksjon</t>
+        </is>
+      </c>
+      <c r="B177" t="n">
+        <v>3.6168373E7</v>
+      </c>
+      <c r="C177" t="n">
+        <v>5.1166236E7</v>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E177" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="inlineStr">
+        <is>
+          <t>Muskel og skjelett</t>
+        </is>
+      </c>
+      <c r="B178" t="n">
+        <v>4.9799778E7</v>
+      </c>
+      <c r="C178" t="n">
+        <v>5.3066728E7</v>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E178" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="inlineStr">
+        <is>
+          <t>Blod</t>
+        </is>
+      </c>
+      <c r="B179" t="n">
+        <v>1.7535649E7</v>
+      </c>
+      <c r="C179" t="n">
+        <v>1.9002648E7</v>
+      </c>
+      <c r="D179" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E179" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="inlineStr">
+        <is>
+          <t>Munnhule, mage-tarm</t>
+        </is>
+      </c>
+      <c r="B180" t="n">
+        <v>4.4338992E7</v>
+      </c>
+      <c r="C180" t="n">
+        <v>4.5063492E7</v>
+      </c>
+      <c r="D180" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E180" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="inlineStr">
+        <is>
+          <t>Andre</t>
+        </is>
+      </c>
+      <c r="B181" t="n">
+        <v>5768233.0</v>
+      </c>
+      <c r="C181" t="n">
+        <v>6091733.0</v>
+      </c>
+      <c r="D181" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E181" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="inlineStr">
+        <is>
+          <t>Forplantning og fødsel</t>
+        </is>
+      </c>
+      <c r="B182" t="n">
+        <v>3.2200747E7</v>
+      </c>
+      <c r="C182" t="n">
+        <v>3.6596747E7</v>
+      </c>
+      <c r="D182" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E182" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="inlineStr">
+        <is>
+          <t>Lunger og luftveier</t>
+        </is>
+      </c>
+      <c r="B183" t="n">
+        <v>2.0214736E7</v>
+      </c>
+      <c r="C183" t="n">
+        <v>2.2675377E7</v>
+      </c>
+      <c r="D183" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E183" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="inlineStr">
+        <is>
+          <t>Nyrer, urinveier og kjønnsorgan</t>
+        </is>
+      </c>
+      <c r="B184" t="n">
+        <v>2.0512281E7</v>
+      </c>
+      <c r="C184" t="n">
+        <v>2.2001781E7</v>
+      </c>
+      <c r="D184" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E184" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="inlineStr">
+        <is>
+          <t>Hjerneslag</t>
+        </is>
+      </c>
+      <c r="B185" t="n">
+        <v>8922267.0</v>
+      </c>
+      <c r="C185" t="n">
+        <v>1.0123967E7</v>
+      </c>
+      <c r="D185" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E185" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="inlineStr">
+        <is>
+          <t>Medfødte lidelser</t>
+        </is>
+      </c>
+      <c r="B186" t="n">
+        <v>4488289.0</v>
+      </c>
+      <c r="C186" t="n">
+        <v>4488289.0</v>
+      </c>
+      <c r="D186" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E186" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="inlineStr">
+        <is>
+          <t>Øye</t>
+        </is>
+      </c>
+      <c r="B187" t="n">
+        <v>8645966.0</v>
+      </c>
+      <c r="C187" t="n">
+        <v>1.0894016E7</v>
+      </c>
+      <c r="D187" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E187" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="inlineStr">
+        <is>
+          <t>Skader og ulykker</t>
+        </is>
+      </c>
+      <c r="B188" t="n">
+        <v>1.4365833E7</v>
+      </c>
+      <c r="C188" t="n">
+        <v>1.5309083E7</v>
+      </c>
+      <c r="D188" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E188" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="inlineStr">
+        <is>
+          <t>Hud</t>
+        </is>
+      </c>
+      <c r="B189" t="n">
+        <v>3994750.0</v>
+      </c>
+      <c r="C189" t="n">
+        <v>5515750.0</v>
+      </c>
+      <c r="D189" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E189" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="inlineStr">
+        <is>
+          <t>Øre</t>
+        </is>
+      </c>
+      <c r="B190" t="n">
+        <v>1088667.0</v>
+      </c>
+      <c r="C190" t="n">
+        <v>1088667.0</v>
+      </c>
+      <c r="D190" t="inlineStr">
+        <is>
+          <t>Norsk</t>
+        </is>
+      </c>
+      <c r="E190" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="inlineStr">
+        <is>
+          <t>Blood</t>
+        </is>
+      </c>
+      <c r="B191" t="n">
+        <v>1.7535649E7</v>
+      </c>
+      <c r="C191" t="n">
+        <v>1.9002648E7</v>
+      </c>
+      <c r="D191" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E191" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="inlineStr">
+        <is>
+          <t>Cancer</t>
+        </is>
+      </c>
+      <c r="B192" t="n">
+        <v>2.04231394E8</v>
+      </c>
+      <c r="C192" t="n">
+        <v>2.21017242E8</v>
+      </c>
+      <c r="D192" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E192" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="inlineStr">
+        <is>
+          <t>Cardiovascular</t>
+        </is>
+      </c>
+      <c r="B193" t="n">
+        <v>9.9171035E7</v>
+      </c>
+      <c r="C193" t="n">
+        <v>1.13610868E8</v>
+      </c>
+      <c r="D193" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E193" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="inlineStr">
+        <is>
+          <t>Congenital Disorders</t>
+        </is>
+      </c>
+      <c r="B194" t="n">
+        <v>4488289.0</v>
+      </c>
+      <c r="C194" t="n">
+        <v>4488289.0</v>
+      </c>
+      <c r="D194" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E194" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="inlineStr">
+        <is>
+          <t>Other</t>
+        </is>
+      </c>
+      <c r="B195" t="n">
+        <v>5768233.0</v>
+      </c>
+      <c r="C195" t="n">
+        <v>6091733.0</v>
+      </c>
+      <c r="D195" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E195" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="inlineStr">
+        <is>
+          <t>Ear</t>
+        </is>
+      </c>
+      <c r="B196" t="n">
+        <v>1088667.0</v>
+      </c>
+      <c r="C196" t="n">
+        <v>1088667.0</v>
+      </c>
+      <c r="D196" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E196" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="inlineStr">
+        <is>
+          <t>Eye</t>
+        </is>
+      </c>
+      <c r="B197" t="n">
+        <v>8645966.0</v>
+      </c>
+      <c r="C197" t="n">
+        <v>1.0894016E7</v>
+      </c>
+      <c r="D197" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E197" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="inlineStr">
+        <is>
+          <t>Generic Health Relevance</t>
+        </is>
+      </c>
+      <c r="B198" t="n">
+        <v>3.902748E7</v>
+      </c>
+      <c r="C198" t="n">
+        <v>4.1195813E7</v>
+      </c>
+      <c r="D198" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E198" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="inlineStr">
+        <is>
+          <t>Infection</t>
+        </is>
+      </c>
+      <c r="B199" t="n">
+        <v>3.6168373E7</v>
+      </c>
+      <c r="C199" t="n">
+        <v>5.1166236E7</v>
+      </c>
+      <c r="D199" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E199" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="inlineStr">
+        <is>
+          <t>Inflammatory and Immune System</t>
+        </is>
+      </c>
+      <c r="B200" t="n">
+        <v>8.4955589E7</v>
+      </c>
+      <c r="C200" t="n">
+        <v>1.06141868E8</v>
+      </c>
+      <c r="D200" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E200" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="inlineStr">
+        <is>
+          <t>Injuries and Accidents</t>
+        </is>
+      </c>
+      <c r="B201" t="n">
+        <v>1.4365833E7</v>
+      </c>
+      <c r="C201" t="n">
+        <v>1.5309083E7</v>
+      </c>
+      <c r="D201" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E201" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="inlineStr">
+        <is>
+          <t>Mental Health</t>
+        </is>
+      </c>
+      <c r="B202" t="n">
+        <v>1.54276771E8</v>
+      </c>
+      <c r="C202" t="n">
+        <v>1.58322954E8</v>
+      </c>
+      <c r="D202" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E202" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="inlineStr">
+        <is>
+          <t>Metabolic and Endocrine</t>
+        </is>
+      </c>
+      <c r="B203" t="n">
+        <v>3.9441212E7</v>
+      </c>
+      <c r="C203" t="n">
+        <v>4.5247545E7</v>
+      </c>
+      <c r="D203" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E203" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="inlineStr">
+        <is>
+          <t>Musculoskeletal</t>
+        </is>
+      </c>
+      <c r="B204" t="n">
+        <v>4.9799778E7</v>
+      </c>
+      <c r="C204" t="n">
+        <v>5.3066728E7</v>
+      </c>
+      <c r="D204" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E204" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="inlineStr">
+        <is>
+          <t>Neurological</t>
+        </is>
+      </c>
+      <c r="B205" t="n">
+        <v>1.12769285E8</v>
+      </c>
+      <c r="C205" t="n">
+        <v>1.22956843E8</v>
+      </c>
+      <c r="D205" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E205" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="inlineStr">
+        <is>
+          <t>Oral and Gastrointestinal</t>
+        </is>
+      </c>
+      <c r="B206" t="n">
+        <v>4.4338992E7</v>
+      </c>
+      <c r="C206" t="n">
+        <v>4.5063492E7</v>
+      </c>
+      <c r="D206" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E206" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="inlineStr">
+        <is>
+          <t>Renal and Urogenital</t>
+        </is>
+      </c>
+      <c r="B207" t="n">
+        <v>2.0512281E7</v>
+      </c>
+      <c r="C207" t="n">
+        <v>2.2001781E7</v>
+      </c>
+      <c r="D207" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E207" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="inlineStr">
+        <is>
+          <t>Reproductive Health and Childbirth</t>
+        </is>
+      </c>
+      <c r="B208" t="n">
+        <v>3.2200747E7</v>
+      </c>
+      <c r="C208" t="n">
+        <v>3.6596747E7</v>
+      </c>
+      <c r="D208" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E208" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="inlineStr">
+        <is>
+          <t>Respiratory</t>
+        </is>
+      </c>
+      <c r="B209" t="n">
+        <v>2.0214736E7</v>
+      </c>
+      <c r="C209" t="n">
+        <v>2.2675377E7</v>
+      </c>
+      <c r="D209" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E209" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="inlineStr">
+        <is>
+          <t>Skin</t>
+        </is>
+      </c>
+      <c r="B210" t="n">
+        <v>3994750.0</v>
+      </c>
+      <c r="C210" t="n">
+        <v>5515750.0</v>
+      </c>
+      <c r="D210" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E210" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="inlineStr">
+        <is>
+          <t>Stroke</t>
+        </is>
+      </c>
+      <c r="B211" t="n">
+        <v>8922267.0</v>
+      </c>
+      <c r="C211" t="n">
+        <v>1.0123967E7</v>
+      </c>
+      <c r="D211" t="inlineStr">
+        <is>
+          <t>Engelsk</t>
+        </is>
+      </c>
+      <c r="E211" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>