--- v0 (2025-12-19)
+++ v1 (2026-02-23)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
+    <sheet name="export" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -26903,42 +26903,1974 @@
       </c>
     </row>
     <row r="1167">
       <c r="A1167" t="inlineStr">
         <is>
           <t>Øvrige universiteter og høgskoler</t>
         </is>
       </c>
       <c r="B1167" t="n">
         <v>40.0</v>
       </c>
       <c r="C1167" t="inlineStr">
         <is>
           <t>8-Høgskolelærer</t>
         </is>
       </c>
       <c r="D1167" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
       <c r="E1167" t="n">
         <v>2023.0</v>
       </c>
     </row>
+    <row r="1168">
+      <c r="A1168" t="inlineStr">
+        <is>
+          <t>Instituttsektoren</t>
+        </is>
+      </c>
+      <c r="B1168" t="n">
+        <v>49.0</v>
+      </c>
+      <c r="C1168" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1168" t="inlineStr">
+        <is>
+          <t>Instituttsektoren</t>
+        </is>
+      </c>
+      <c r="E1168" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1169">
+      <c r="A1169" t="inlineStr">
+        <is>
+          <t>Instituttsektoren</t>
+        </is>
+      </c>
+      <c r="B1169" t="n">
+        <v>420.0</v>
+      </c>
+      <c r="C1169" t="inlineStr">
+        <is>
+          <t>6-Forsker i instituttsektoren</t>
+        </is>
+      </c>
+      <c r="D1169" t="inlineStr">
+        <is>
+          <t>Instituttsektoren</t>
+        </is>
+      </c>
+      <c r="E1169" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1170">
+      <c r="A1170" t="inlineStr">
+        <is>
+          <t>Instituttsektoren</t>
+        </is>
+      </c>
+      <c r="B1170" t="n">
+        <v>77.0</v>
+      </c>
+      <c r="C1170" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1170" t="inlineStr">
+        <is>
+          <t>Instituttsektoren</t>
+        </is>
+      </c>
+      <c r="E1170" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1171">
+      <c r="A1171" t="inlineStr">
+        <is>
+          <t>Akershus universitetssykehus HF</t>
+        </is>
+      </c>
+      <c r="B1171" t="n">
+        <v>142.0</v>
+      </c>
+      <c r="C1171" t="inlineStr">
+        <is>
+          <t>4-Leger og psykologer som deltar i FoU</t>
+        </is>
+      </c>
+      <c r="D1171" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1171" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1172">
+      <c r="A1172" t="inlineStr">
+        <is>
+          <t>Akershus universitetssykehus HF</t>
+        </is>
+      </c>
+      <c r="B1172" t="n">
+        <v>97.0</v>
+      </c>
+      <c r="C1172" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1172" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1172" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1173">
+      <c r="A1173" t="inlineStr">
+        <is>
+          <t>Akershus universitetssykehus HF</t>
+        </is>
+      </c>
+      <c r="B1173" t="n">
+        <v>31.0</v>
+      </c>
+      <c r="C1173" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1173" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1173" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1174">
+      <c r="A1174" t="inlineStr">
+        <is>
+          <t>Helse Bergen HF</t>
+        </is>
+      </c>
+      <c r="B1174" t="n">
+        <v>630.0</v>
+      </c>
+      <c r="C1174" t="inlineStr">
+        <is>
+          <t>4-Leger og psykologer som deltar i FoU</t>
+        </is>
+      </c>
+      <c r="D1174" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1174" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1175">
+      <c r="A1175" t="inlineStr">
+        <is>
+          <t>Helse Bergen HF</t>
+        </is>
+      </c>
+      <c r="B1175" t="n">
+        <v>216.0</v>
+      </c>
+      <c r="C1175" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1175" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1175" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1176">
+      <c r="A1176" t="inlineStr">
+        <is>
+          <t>Helse Bergen HF</t>
+        </is>
+      </c>
+      <c r="B1176" t="n">
+        <v>98.0</v>
+      </c>
+      <c r="C1176" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1176" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1176" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1177">
+      <c r="A1177" t="inlineStr">
+        <is>
+          <t>Helse Stavanger HF</t>
+        </is>
+      </c>
+      <c r="B1177" t="n">
+        <v>149.0</v>
+      </c>
+      <c r="C1177" t="inlineStr">
+        <is>
+          <t>4-Leger og psykologer som deltar i FoU</t>
+        </is>
+      </c>
+      <c r="D1177" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1177" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1178">
+      <c r="A1178" t="inlineStr">
+        <is>
+          <t>Helse Stavanger HF</t>
+        </is>
+      </c>
+      <c r="B1178" t="n">
+        <v>67.0</v>
+      </c>
+      <c r="C1178" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1178" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1178" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1179">
+      <c r="A1179" t="inlineStr">
+        <is>
+          <t>Helse Stavanger HF</t>
+        </is>
+      </c>
+      <c r="B1179" t="n">
+        <v>56.0</v>
+      </c>
+      <c r="C1179" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1179" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1179" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1180">
+      <c r="A1180" t="inlineStr">
+        <is>
+          <t>Oslo universitetssykehus HF</t>
+        </is>
+      </c>
+      <c r="B1180" t="n">
+        <v>880.0</v>
+      </c>
+      <c r="C1180" t="inlineStr">
+        <is>
+          <t>4-Leger og psykologer som deltar i FoU</t>
+        </is>
+      </c>
+      <c r="D1180" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1180" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1181">
+      <c r="A1181" t="inlineStr">
+        <is>
+          <t>Oslo universitetssykehus HF</t>
+        </is>
+      </c>
+      <c r="B1181" t="n">
+        <v>1003.0</v>
+      </c>
+      <c r="C1181" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1181" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1181" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1182">
+      <c r="A1182" t="inlineStr">
+        <is>
+          <t>Oslo universitetssykehus HF</t>
+        </is>
+      </c>
+      <c r="B1182" t="n">
+        <v>350.0</v>
+      </c>
+      <c r="C1182" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1182" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1182" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1183">
+      <c r="A1183" t="inlineStr">
+        <is>
+          <t>St. Olavs hospital HF</t>
+        </is>
+      </c>
+      <c r="B1183" t="n">
+        <v>393.0</v>
+      </c>
+      <c r="C1183" t="inlineStr">
+        <is>
+          <t>4-Leger og psykologer som deltar i FoU</t>
+        </is>
+      </c>
+      <c r="D1183" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1183" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1184">
+      <c r="A1184" t="inlineStr">
+        <is>
+          <t>St. Olavs hospital HF</t>
+        </is>
+      </c>
+      <c r="B1184" t="n">
+        <v>114.0</v>
+      </c>
+      <c r="C1184" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1184" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1184" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1185">
+      <c r="A1185" t="inlineStr">
+        <is>
+          <t>St. Olavs hospital HF</t>
+        </is>
+      </c>
+      <c r="B1185" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="C1185" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1185" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1185" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1186">
+      <c r="A1186" t="inlineStr">
+        <is>
+          <t>Universitetssykehuset i Nord-Norge HF</t>
+        </is>
+      </c>
+      <c r="B1186" t="n">
+        <v>162.0</v>
+      </c>
+      <c r="C1186" t="inlineStr">
+        <is>
+          <t>4-Leger og psykologer som deltar i FoU</t>
+        </is>
+      </c>
+      <c r="D1186" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1186" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1187">
+      <c r="A1187" t="inlineStr">
+        <is>
+          <t>Universitetssykehuset i Nord-Norge HF</t>
+        </is>
+      </c>
+      <c r="B1187" t="n">
+        <v>92.0</v>
+      </c>
+      <c r="C1187" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1187" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1187" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1188">
+      <c r="A1188" t="inlineStr">
+        <is>
+          <t>Universitetssykehuset i Nord-Norge HF</t>
+        </is>
+      </c>
+      <c r="B1188" t="n">
+        <v>35.0</v>
+      </c>
+      <c r="C1188" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1188" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1188" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1189">
+      <c r="A1189" t="inlineStr">
+        <is>
+          <t>Øvrige helseforetak i helseregion Midt-Norge</t>
+        </is>
+      </c>
+      <c r="B1189" t="n">
+        <v>68.0</v>
+      </c>
+      <c r="C1189" t="inlineStr">
+        <is>
+          <t>4-Leger og psykologer som deltar i FoU</t>
+        </is>
+      </c>
+      <c r="D1189" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1189" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1190">
+      <c r="A1190" t="inlineStr">
+        <is>
+          <t>Øvrige helseforetak i helseregion Midt-Norge</t>
+        </is>
+      </c>
+      <c r="B1190" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="C1190" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1190" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1190" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1191">
+      <c r="A1191" t="inlineStr">
+        <is>
+          <t>Øvrige helseforetak i helseregion Midt-Norge</t>
+        </is>
+      </c>
+      <c r="B1191" t="n">
+        <v>6.0</v>
+      </c>
+      <c r="C1191" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1191" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1191" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1192">
+      <c r="A1192" t="inlineStr">
+        <is>
+          <t>Øvrige helseforetak i helseregion Nord</t>
+        </is>
+      </c>
+      <c r="B1192" t="n">
+        <v>93.0</v>
+      </c>
+      <c r="C1192" t="inlineStr">
+        <is>
+          <t>4-Leger og psykologer som deltar i FoU</t>
+        </is>
+      </c>
+      <c r="D1192" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1192" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1193">
+      <c r="A1193" t="inlineStr">
+        <is>
+          <t>Øvrige helseforetak i helseregion Nord</t>
+        </is>
+      </c>
+      <c r="B1193" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="C1193" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1193" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1193" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1194">
+      <c r="A1194" t="inlineStr">
+        <is>
+          <t>Øvrige helseforetak i helseregion Nord</t>
+        </is>
+      </c>
+      <c r="B1194" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="C1194" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1194" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1194" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1195">
+      <c r="A1195" t="inlineStr">
+        <is>
+          <t>Øvrige helseforetak i helseregion Sør-Øst</t>
+        </is>
+      </c>
+      <c r="B1195" t="n">
+        <v>401.0</v>
+      </c>
+      <c r="C1195" t="inlineStr">
+        <is>
+          <t>4-Leger og psykologer som deltar i FoU</t>
+        </is>
+      </c>
+      <c r="D1195" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1195" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1196">
+      <c r="A1196" t="inlineStr">
+        <is>
+          <t>Øvrige helseforetak i helseregion Sør-Øst</t>
+        </is>
+      </c>
+      <c r="B1196" t="n">
+        <v>258.0</v>
+      </c>
+      <c r="C1196" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1196" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1196" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1197">
+      <c r="A1197" t="inlineStr">
+        <is>
+          <t>Øvrige helseforetak i helseregion Sør-Øst</t>
+        </is>
+      </c>
+      <c r="B1197" t="n">
+        <v>188.0</v>
+      </c>
+      <c r="C1197" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1197" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1197" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1198">
+      <c r="A1198" t="inlineStr">
+        <is>
+          <t>Øvrige helseforetak i helseregion Vest</t>
+        </is>
+      </c>
+      <c r="B1198" t="n">
+        <v>88.0</v>
+      </c>
+      <c r="C1198" t="inlineStr">
+        <is>
+          <t>4-Leger og psykologer som deltar i FoU</t>
+        </is>
+      </c>
+      <c r="D1198" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1198" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1199">
+      <c r="A1199" t="inlineStr">
+        <is>
+          <t>Øvrige helseforetak i helseregion Vest</t>
+        </is>
+      </c>
+      <c r="B1199" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="C1199" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1199" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1199" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1200">
+      <c r="A1200" t="inlineStr">
+        <is>
+          <t>Øvrige helseforetak i helseregion Vest</t>
+        </is>
+      </c>
+      <c r="B1200" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="C1200" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1200" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+      <c r="E1200" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1201">
+      <c r="A1201" t="inlineStr">
+        <is>
+          <t>Høgskulen på Vestlandet</t>
+        </is>
+      </c>
+      <c r="B1201" t="n">
+        <v>38.0</v>
+      </c>
+      <c r="C1201" t="inlineStr">
+        <is>
+          <t>1-Professor</t>
+        </is>
+      </c>
+      <c r="D1201" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1201" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1202">
+      <c r="A1202" t="inlineStr">
+        <is>
+          <t>Høgskulen på Vestlandet</t>
+        </is>
+      </c>
+      <c r="B1202" t="n">
+        <v>114.0</v>
+      </c>
+      <c r="C1202" t="inlineStr">
+        <is>
+          <t>2-Førsteamanuensis/førstelektor</t>
+        </is>
+      </c>
+      <c r="D1202" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1202" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1203">
+      <c r="A1203" t="inlineStr">
+        <is>
+          <t>Høgskulen på Vestlandet</t>
+        </is>
+      </c>
+      <c r="B1203" t="n">
+        <v>112.0</v>
+      </c>
+      <c r="C1203" t="inlineStr">
+        <is>
+          <t>3-Øvrig fast, faglig stilling</t>
+        </is>
+      </c>
+      <c r="D1203" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1203" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1204">
+      <c r="A1204" t="inlineStr">
+        <is>
+          <t>Høgskulen på Vestlandet</t>
+        </is>
+      </c>
+      <c r="B1204" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="C1204" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1204" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1204" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1205">
+      <c r="A1205" t="inlineStr">
+        <is>
+          <t>Høgskulen på Vestlandet</t>
+        </is>
+      </c>
+      <c r="B1205" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="C1205" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1205" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1205" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1206">
+      <c r="A1206" t="inlineStr">
+        <is>
+          <t>Høgskulen på Vestlandet</t>
+        </is>
+      </c>
+      <c r="B1206" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="C1206" t="inlineStr">
+        <is>
+          <t>8-Høgskolelærer</t>
+        </is>
+      </c>
+      <c r="D1206" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1206" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1207">
+      <c r="A1207" t="inlineStr">
+        <is>
+          <t>Norges idrettshøgskole</t>
+        </is>
+      </c>
+      <c r="B1207" t="n">
+        <v>20.0</v>
+      </c>
+      <c r="C1207" t="inlineStr">
+        <is>
+          <t>1-Professor</t>
+        </is>
+      </c>
+      <c r="D1207" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1207" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1208">
+      <c r="A1208" t="inlineStr">
+        <is>
+          <t>Norges idrettshøgskole</t>
+        </is>
+      </c>
+      <c r="B1208" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="C1208" t="inlineStr">
+        <is>
+          <t>2-Førsteamanuensis/førstelektor</t>
+        </is>
+      </c>
+      <c r="D1208" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1208" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1209">
+      <c r="A1209" t="inlineStr">
+        <is>
+          <t>Norges idrettshøgskole</t>
+        </is>
+      </c>
+      <c r="B1209" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="C1209" t="inlineStr">
+        <is>
+          <t>3-Øvrig fast, faglig stilling</t>
+        </is>
+      </c>
+      <c r="D1209" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1209" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1210">
+      <c r="A1210" t="inlineStr">
+        <is>
+          <t>Norges idrettshøgskole</t>
+        </is>
+      </c>
+      <c r="B1210" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="C1210" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1210" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1210" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1211">
+      <c r="A1211" t="inlineStr">
+        <is>
+          <t>Norges idrettshøgskole</t>
+        </is>
+      </c>
+      <c r="B1211" t="n">
+        <v>27.0</v>
+      </c>
+      <c r="C1211" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1211" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1211" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1212">
+      <c r="A1212" t="inlineStr">
+        <is>
+          <t>NTNU</t>
+        </is>
+      </c>
+      <c r="B1212" t="n">
+        <v>115.0</v>
+      </c>
+      <c r="C1212" t="inlineStr">
+        <is>
+          <t>1-Professor</t>
+        </is>
+      </c>
+      <c r="D1212" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1212" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1213">
+      <c r="A1213" t="inlineStr">
+        <is>
+          <t>NTNU</t>
+        </is>
+      </c>
+      <c r="B1213" t="n">
+        <v>160.0</v>
+      </c>
+      <c r="C1213" t="inlineStr">
+        <is>
+          <t>2-Førsteamanuensis/førstelektor</t>
+        </is>
+      </c>
+      <c r="D1213" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1213" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1214">
+      <c r="A1214" t="inlineStr">
+        <is>
+          <t>NTNU</t>
+        </is>
+      </c>
+      <c r="B1214" t="n">
+        <v>177.0</v>
+      </c>
+      <c r="C1214" t="inlineStr">
+        <is>
+          <t>3-Øvrig fast, faglig stilling</t>
+        </is>
+      </c>
+      <c r="D1214" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1214" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1215">
+      <c r="A1215" t="inlineStr">
+        <is>
+          <t>NTNU</t>
+        </is>
+      </c>
+      <c r="B1215" t="n">
+        <v>207.0</v>
+      </c>
+      <c r="C1215" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1215" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1215" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1216">
+      <c r="A1216" t="inlineStr">
+        <is>
+          <t>NTNU</t>
+        </is>
+      </c>
+      <c r="B1216" t="n">
+        <v>290.0</v>
+      </c>
+      <c r="C1216" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1216" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1216" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1217">
+      <c r="A1217" t="inlineStr">
+        <is>
+          <t>NTNU</t>
+        </is>
+      </c>
+      <c r="B1217" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="C1217" t="inlineStr">
+        <is>
+          <t>8-Høgskolelærer</t>
+        </is>
+      </c>
+      <c r="D1217" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1217" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1218">
+      <c r="A1218" t="inlineStr">
+        <is>
+          <t>OsloMet - Storbyuniversitetet</t>
+        </is>
+      </c>
+      <c r="B1218" t="n">
+        <v>51.0</v>
+      </c>
+      <c r="C1218" t="inlineStr">
+        <is>
+          <t>1-Professor</t>
+        </is>
+      </c>
+      <c r="D1218" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1218" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1219">
+      <c r="A1219" t="inlineStr">
+        <is>
+          <t>OsloMet - Storbyuniversitetet</t>
+        </is>
+      </c>
+      <c r="B1219" t="n">
+        <v>106.0</v>
+      </c>
+      <c r="C1219" t="inlineStr">
+        <is>
+          <t>2-Førsteamanuensis/førstelektor</t>
+        </is>
+      </c>
+      <c r="D1219" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1219" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1220">
+      <c r="A1220" t="inlineStr">
+        <is>
+          <t>OsloMet - Storbyuniversitetet</t>
+        </is>
+      </c>
+      <c r="B1220" t="n">
+        <v>101.0</v>
+      </c>
+      <c r="C1220" t="inlineStr">
+        <is>
+          <t>3-Øvrig fast, faglig stilling</t>
+        </is>
+      </c>
+      <c r="D1220" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1220" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1221">
+      <c r="A1221" t="inlineStr">
+        <is>
+          <t>OsloMet - Storbyuniversitetet</t>
+        </is>
+      </c>
+      <c r="B1221" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="C1221" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1221" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1221" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1222">
+      <c r="A1222" t="inlineStr">
+        <is>
+          <t>OsloMet - Storbyuniversitetet</t>
+        </is>
+      </c>
+      <c r="B1222" t="n">
+        <v>61.0</v>
+      </c>
+      <c r="C1222" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1222" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1222" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1223">
+      <c r="A1223" t="inlineStr">
+        <is>
+          <t>OsloMet - Storbyuniversitetet</t>
+        </is>
+      </c>
+      <c r="B1223" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="C1223" t="inlineStr">
+        <is>
+          <t>8-Høgskolelærer</t>
+        </is>
+      </c>
+      <c r="D1223" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1223" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1224">
+      <c r="A1224" t="inlineStr">
+        <is>
+          <t>UiT Norges arktiske universitet</t>
+        </is>
+      </c>
+      <c r="B1224" t="n">
+        <v>76.0</v>
+      </c>
+      <c r="C1224" t="inlineStr">
+        <is>
+          <t>1-Professor</t>
+        </is>
+      </c>
+      <c r="D1224" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1224" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1225">
+      <c r="A1225" t="inlineStr">
+        <is>
+          <t>UiT Norges arktiske universitet</t>
+        </is>
+      </c>
+      <c r="B1225" t="n">
+        <v>101.0</v>
+      </c>
+      <c r="C1225" t="inlineStr">
+        <is>
+          <t>2-Førsteamanuensis/førstelektor</t>
+        </is>
+      </c>
+      <c r="D1225" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1225" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1226">
+      <c r="A1226" t="inlineStr">
+        <is>
+          <t>UiT Norges arktiske universitet</t>
+        </is>
+      </c>
+      <c r="B1226" t="n">
+        <v>132.0</v>
+      </c>
+      <c r="C1226" t="inlineStr">
+        <is>
+          <t>3-Øvrig fast, faglig stilling</t>
+        </is>
+      </c>
+      <c r="D1226" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1226" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1227">
+      <c r="A1227" t="inlineStr">
+        <is>
+          <t>UiT Norges arktiske universitet</t>
+        </is>
+      </c>
+      <c r="B1227" t="n">
+        <v>70.0</v>
+      </c>
+      <c r="C1227" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1227" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1227" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1228">
+      <c r="A1228" t="inlineStr">
+        <is>
+          <t>UiT Norges arktiske universitet</t>
+        </is>
+      </c>
+      <c r="B1228" t="n">
+        <v>115.0</v>
+      </c>
+      <c r="C1228" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1228" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1228" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1229">
+      <c r="A1229" t="inlineStr">
+        <is>
+          <t>UiT Norges arktiske universitet</t>
+        </is>
+      </c>
+      <c r="B1229" t="n">
+        <v>16.0</v>
+      </c>
+      <c r="C1229" t="inlineStr">
+        <is>
+          <t>8-Høgskolelærer</t>
+        </is>
+      </c>
+      <c r="D1229" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1229" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1230">
+      <c r="A1230" t="inlineStr">
+        <is>
+          <t>Universitetet i Bergen</t>
+        </is>
+      </c>
+      <c r="B1230" t="n">
+        <v>131.0</v>
+      </c>
+      <c r="C1230" t="inlineStr">
+        <is>
+          <t>1-Professor</t>
+        </is>
+      </c>
+      <c r="D1230" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1230" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1231">
+      <c r="A1231" t="inlineStr">
+        <is>
+          <t>Universitetet i Bergen</t>
+        </is>
+      </c>
+      <c r="B1231" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="C1231" t="inlineStr">
+        <is>
+          <t>2-Førsteamanuensis/førstelektor</t>
+        </is>
+      </c>
+      <c r="D1231" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1231" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1232">
+      <c r="A1232" t="inlineStr">
+        <is>
+          <t>Universitetet i Bergen</t>
+        </is>
+      </c>
+      <c r="B1232" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="C1232" t="inlineStr">
+        <is>
+          <t>3-Øvrig fast, faglig stilling</t>
+        </is>
+      </c>
+      <c r="D1232" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1232" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1233">
+      <c r="A1233" t="inlineStr">
+        <is>
+          <t>Universitetet i Bergen</t>
+        </is>
+      </c>
+      <c r="B1233" t="n">
+        <v>138.0</v>
+      </c>
+      <c r="C1233" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1233" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1233" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1234">
+      <c r="A1234" t="inlineStr">
+        <is>
+          <t>Universitetet i Bergen</t>
+        </is>
+      </c>
+      <c r="B1234" t="n">
+        <v>183.0</v>
+      </c>
+      <c r="C1234" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1234" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1234" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1235">
+      <c r="A1235" t="inlineStr">
+        <is>
+          <t>Universitetet i Oslo</t>
+        </is>
+      </c>
+      <c r="B1235" t="n">
+        <v>159.0</v>
+      </c>
+      <c r="C1235" t="inlineStr">
+        <is>
+          <t>1-Professor</t>
+        </is>
+      </c>
+      <c r="D1235" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1235" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1236">
+      <c r="A1236" t="inlineStr">
+        <is>
+          <t>Universitetet i Oslo</t>
+        </is>
+      </c>
+      <c r="B1236" t="n">
+        <v>104.0</v>
+      </c>
+      <c r="C1236" t="inlineStr">
+        <is>
+          <t>2-Førsteamanuensis/førstelektor</t>
+        </is>
+      </c>
+      <c r="D1236" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1236" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1237">
+      <c r="A1237" t="inlineStr">
+        <is>
+          <t>Universitetet i Oslo</t>
+        </is>
+      </c>
+      <c r="B1237" t="n">
+        <v>65.0</v>
+      </c>
+      <c r="C1237" t="inlineStr">
+        <is>
+          <t>3-Øvrig fast, faglig stilling</t>
+        </is>
+      </c>
+      <c r="D1237" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1237" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1238">
+      <c r="A1238" t="inlineStr">
+        <is>
+          <t>Universitetet i Oslo</t>
+        </is>
+      </c>
+      <c r="B1238" t="n">
+        <v>341.0</v>
+      </c>
+      <c r="C1238" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1238" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1238" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1239">
+      <c r="A1239" t="inlineStr">
+        <is>
+          <t>Universitetet i Oslo</t>
+        </is>
+      </c>
+      <c r="B1239" t="n">
+        <v>282.0</v>
+      </c>
+      <c r="C1239" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1239" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1239" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1240">
+      <c r="A1240" t="inlineStr">
+        <is>
+          <t>Universitetet i Sørøst-Norge</t>
+        </is>
+      </c>
+      <c r="B1240" t="n">
+        <v>19.0</v>
+      </c>
+      <c r="C1240" t="inlineStr">
+        <is>
+          <t>1-Professor</t>
+        </is>
+      </c>
+      <c r="D1240" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1240" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1241">
+      <c r="A1241" t="inlineStr">
+        <is>
+          <t>Universitetet i Sørøst-Norge</t>
+        </is>
+      </c>
+      <c r="B1241" t="n">
+        <v>59.0</v>
+      </c>
+      <c r="C1241" t="inlineStr">
+        <is>
+          <t>2-Førsteamanuensis/førstelektor</t>
+        </is>
+      </c>
+      <c r="D1241" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1241" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1242">
+      <c r="A1242" t="inlineStr">
+        <is>
+          <t>Universitetet i Sørøst-Norge</t>
+        </is>
+      </c>
+      <c r="B1242" t="n">
+        <v>102.0</v>
+      </c>
+      <c r="C1242" t="inlineStr">
+        <is>
+          <t>3-Øvrig fast, faglig stilling</t>
+        </is>
+      </c>
+      <c r="D1242" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1242" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1243">
+      <c r="A1243" t="inlineStr">
+        <is>
+          <t>Universitetet i Sørøst-Norge</t>
+        </is>
+      </c>
+      <c r="B1243" t="n">
+        <v>7.0</v>
+      </c>
+      <c r="C1243" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1243" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1243" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1244">
+      <c r="A1244" t="inlineStr">
+        <is>
+          <t>Universitetet i Sørøst-Norge</t>
+        </is>
+      </c>
+      <c r="B1244" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="C1244" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1244" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1244" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1245">
+      <c r="A1245" t="inlineStr">
+        <is>
+          <t>Universitetet i Sørøst-Norge</t>
+        </is>
+      </c>
+      <c r="B1245" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="C1245" t="inlineStr">
+        <is>
+          <t>8-Høgskolelærer</t>
+        </is>
+      </c>
+      <c r="D1245" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1245" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1246">
+      <c r="A1246" t="inlineStr">
+        <is>
+          <t>Øvrige universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="B1246" t="n">
+        <v>116.0</v>
+      </c>
+      <c r="C1246" t="inlineStr">
+        <is>
+          <t>1-Professor</t>
+        </is>
+      </c>
+      <c r="D1246" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1246" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1247">
+      <c r="A1247" t="inlineStr">
+        <is>
+          <t>Øvrige universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="B1247" t="n">
+        <v>365.0</v>
+      </c>
+      <c r="C1247" t="inlineStr">
+        <is>
+          <t>2-Førsteamanuensis/førstelektor</t>
+        </is>
+      </c>
+      <c r="D1247" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1247" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1248">
+      <c r="A1248" t="inlineStr">
+        <is>
+          <t>Øvrige universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="B1248" t="n">
+        <v>456.0</v>
+      </c>
+      <c r="C1248" t="inlineStr">
+        <is>
+          <t>3-Øvrig fast, faglig stilling</t>
+        </is>
+      </c>
+      <c r="D1248" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1248" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1249">
+      <c r="A1249" t="inlineStr">
+        <is>
+          <t>Øvrige universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="B1249" t="n">
+        <v>25.0</v>
+      </c>
+      <c r="C1249" t="inlineStr">
+        <is>
+          <t>5-Postdoktor</t>
+        </is>
+      </c>
+      <c r="D1249" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1249" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1250">
+      <c r="A1250" t="inlineStr">
+        <is>
+          <t>Øvrige universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="B1250" t="n">
+        <v>123.0</v>
+      </c>
+      <c r="C1250" t="inlineStr">
+        <is>
+          <t>7-Doktorgradsstipendiat</t>
+        </is>
+      </c>
+      <c r="D1250" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1250" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="1251">
+      <c r="A1251" t="inlineStr">
+        <is>
+          <t>Øvrige universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="B1251" t="n">
+        <v>41.0</v>
+      </c>
+      <c r="C1251" t="inlineStr">
+        <is>
+          <t>8-Høgskolelærer</t>
+        </is>
+      </c>
+      <c r="D1251" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="E1251" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>