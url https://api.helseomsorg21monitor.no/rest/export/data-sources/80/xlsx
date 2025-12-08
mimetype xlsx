--- v0 (2025-10-19)
+++ v1 (2025-12-08)
@@ -335,42 +335,107 @@
       <c r="A20" t="inlineStr">
         <is>
           <t>Brukere har deltatt i gjennomføring av prosjektet</t>
         </is>
       </c>
       <c r="B20" t="n">
         <v>2.48081547E8</v>
       </c>
       <c r="C20" t="n">
         <v>2023.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Brukere har deltatt i formidling av forskningsresultatene</t>
         </is>
       </c>
       <c r="B21" t="n">
         <v>2.95082881E8</v>
       </c>
       <c r="C21" t="n">
         <v>2023.0</v>
       </c>
     </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
+          <t>Brukere deltar gjennom brukerpanel/brukerråd</t>
+        </is>
+      </c>
+      <c r="B22" t="n">
+        <v>3.19641524E8</v>
+      </c>
+      <c r="C22" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="inlineStr">
+        <is>
+          <t>Brukere deltar gjennom styringsgruppe/referansegruppe</t>
+        </is>
+      </c>
+      <c r="B23" t="n">
+        <v>2.16985102E8</v>
+      </c>
+      <c r="C23" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="inlineStr">
+        <is>
+          <t>Brukere har deltatt i planlegging av prosjektet</t>
+        </is>
+      </c>
+      <c r="B24" t="n">
+        <v>5.92445842E8</v>
+      </c>
+      <c r="C24" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="inlineStr">
+        <is>
+          <t>Brukere har deltatt i gjennomføring av prosjektet</t>
+        </is>
+      </c>
+      <c r="B25" t="n">
+        <v>3.00264694E8</v>
+      </c>
+      <c r="C25" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="inlineStr">
+        <is>
+          <t>Brukere har deltatt i formidling av forskningsresultatene</t>
+        </is>
+      </c>
+      <c r="B26" t="n">
+        <v>3.2421652E8</v>
+      </c>
+      <c r="C26" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>