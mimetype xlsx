--- v0 (2025-11-07)
+++ v1 (2026-02-05)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
+    <sheet name="export" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -406,45 +406,71 @@
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>13 Medisinsk teknikk</t>
         </is>
       </c>
       <c r="B26" t="n">
         <v>2023.0</v>
       </c>
       <c r="C26" t="n">
         <v>10.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>16 Legemidler</t>
         </is>
       </c>
       <c r="B27" t="n">
         <v>2023.0</v>
       </c>
       <c r="C27" t="n">
-        <v>6.0</v>
+        <v>9.0</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="inlineStr">
+        <is>
+          <t>13 Medisinsk teknikk</t>
+        </is>
+      </c>
+      <c r="B28" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="C28" t="n">
+        <v>4.0</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="inlineStr">
+        <is>
+          <t>16 Legemidler</t>
+        </is>
+      </c>
+      <c r="B29" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="C29" t="n">
+        <v>13.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>