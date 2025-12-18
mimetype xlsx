--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -475,84 +475,110 @@
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Legemidler</t>
         </is>
       </c>
       <c r="B31" t="n">
         <v>2021.0</v>
       </c>
       <c r="C31" t="n">
         <v>1.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Medisinsk teknikk</t>
         </is>
       </c>
       <c r="B32" t="n">
         <v>2022.0</v>
       </c>
       <c r="C32" t="n">
-        <v>7.0</v>
+        <v>6.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Legemidler</t>
         </is>
       </c>
       <c r="B33" t="n">
         <v>2022.0</v>
       </c>
       <c r="C33" t="n">
         <v>5.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
           <t>Medisinsk teknikk</t>
         </is>
       </c>
       <c r="B34" t="n">
         <v>2023.0</v>
       </c>
       <c r="C34" t="n">
-        <v>3.0</v>
+        <v>9.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Legemidler</t>
         </is>
       </c>
       <c r="B35" t="n">
         <v>2023.0</v>
       </c>
       <c r="C35" t="n">
-        <v>1.0</v>
+        <v>2.0</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>Medisinsk teknikk</t>
+        </is>
+      </c>
+      <c r="B36" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="C36" t="n">
+        <v>6.0</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>Legemidler</t>
+        </is>
+      </c>
+      <c r="B37" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="C37" t="n">
+        <v>2.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>