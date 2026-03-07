--- v0 (2025-11-04)
+++ v1 (2026-03-07)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
+    <sheet name="export" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -83,459 +83,501 @@
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Kategori</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Underkategori</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>year</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>value</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Legemidler</t>
+          <t>Digital helse</t>
         </is>
       </c>
       <c r="B2"/>
       <c r="C2" t="n">
         <v>2014.0</v>
       </c>
       <c r="D2" t="n">
-        <v>7440570.0</v>
+        <v>1270013.0520000004</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Legemidler</t>
+          <t>Digital helse</t>
         </is>
       </c>
       <c r="B3"/>
       <c r="C3" t="n">
         <v>2015.0</v>
       </c>
       <c r="D3" t="n">
-        <v>9179760.0</v>
+        <v>1311451.832000001</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Legemidler</t>
+          <t>Digital helse</t>
         </is>
       </c>
       <c r="B4"/>
       <c r="C4" t="n">
         <v>2016.0</v>
       </c>
       <c r="D4" t="n">
-        <v>1.0877747E7</v>
+        <v>1322609.9</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>Legemidler</t>
+          <t>Digital helse</t>
         </is>
       </c>
       <c r="B5"/>
       <c r="C5" t="n">
         <v>2017.0</v>
       </c>
       <c r="D5" t="n">
-        <v>1.0977161E7</v>
+        <v>1396349.4100000006</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Legemidler</t>
+          <t>Digital helse</t>
         </is>
       </c>
       <c r="B6"/>
       <c r="C6" t="n">
         <v>2018.0</v>
       </c>
       <c r="D6" t="n">
-        <v>1.2112948E7</v>
+        <v>1289033.356</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Legemidler</t>
+          <t>Digital helse</t>
         </is>
       </c>
       <c r="B7"/>
       <c r="C7" t="n">
         <v>2019.0</v>
       </c>
       <c r="D7" t="n">
-        <v>1.2554462E7</v>
+        <v>1437784.6160000004</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Legemidler</t>
+          <t>Digital helse</t>
         </is>
       </c>
       <c r="B8"/>
       <c r="C8" t="n">
         <v>2020.0</v>
       </c>
       <c r="D8" t="n">
-        <v>1.5137385E7</v>
+        <v>1685509.9459999998</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Legemidler</t>
+          <t>Digital helse</t>
         </is>
       </c>
       <c r="B9"/>
       <c r="C9" t="n">
         <v>2021.0</v>
       </c>
       <c r="D9" t="n">
-        <v>1.2287872E7</v>
+        <v>1869274.1400000001</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Legemidler</t>
+          <t>Digital helse</t>
         </is>
       </c>
       <c r="B10"/>
       <c r="C10" t="n">
         <v>2022.0</v>
       </c>
       <c r="D10" t="n">
-        <v>1.0832415E7</v>
+        <v>1788159.1784730293</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Legemidler</t>
+          <t>Digital helse</t>
         </is>
       </c>
       <c r="B11"/>
       <c r="C11" t="n">
         <v>2023.0</v>
       </c>
       <c r="D11" t="n">
-        <v>1.4308222E7</v>
+        <v>2171488.965491684</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Medisinsk utstyr</t>
+          <t>Digital helse</t>
         </is>
       </c>
       <c r="B12"/>
       <c r="C12" t="n">
-        <v>2014.0</v>
+        <v>2024.0</v>
       </c>
       <c r="D12" t="n">
-        <v>4013667.0</v>
+        <v>2246054.8893186073</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>Medisinsk utstyr</t>
+          <t>Legemidler</t>
         </is>
       </c>
       <c r="B13"/>
       <c r="C13" t="n">
-        <v>2015.0</v>
+        <v>2014.0</v>
       </c>
       <c r="D13" t="n">
-        <v>3962024.0</v>
+        <v>7478035.935340001</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>Medisinsk utstyr</t>
+          <t>Legemidler</t>
         </is>
       </c>
       <c r="B14"/>
       <c r="C14" t="n">
-        <v>2016.0</v>
+        <v>2015.0</v>
       </c>
       <c r="D14" t="n">
-        <v>4575472.0</v>
+        <v>9239228.271604994</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Medisinsk utstyr</t>
+          <t>Legemidler</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15" t="n">
-        <v>2017.0</v>
+        <v>2016.0</v>
       </c>
       <c r="D15" t="n">
-        <v>4836153.0</v>
+        <v>1.0941177613E7</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Medisinsk utstyr</t>
+          <t>Legemidler</t>
         </is>
       </c>
       <c r="B16"/>
       <c r="C16" t="n">
-        <v>2018.0</v>
+        <v>2017.0</v>
       </c>
       <c r="D16" t="n">
-        <v>4873624.0</v>
+        <v>1.1012267907999998E7</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>Medisinsk utstyr</t>
+          <t>Legemidler</t>
         </is>
       </c>
       <c r="B17"/>
       <c r="C17" t="n">
-        <v>2019.0</v>
+        <v>2018.0</v>
       </c>
       <c r="D17" t="n">
-        <v>5180190.0</v>
+        <v>1.2148310671999991E7</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
-          <t>Medisinsk utstyr</t>
+          <t>Legemidler</t>
         </is>
       </c>
       <c r="B18"/>
       <c r="C18" t="n">
-        <v>2020.0</v>
+        <v>2019.0</v>
       </c>
       <c r="D18" t="n">
-        <v>5344853.0</v>
+        <v>1.2575278452000013E7</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>Medisinsk utstyr</t>
+          <t>Legemidler</t>
         </is>
       </c>
       <c r="B19"/>
       <c r="C19" t="n">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="D19" t="n">
-        <v>5938825.0</v>
+        <v>1.5151637920000006E7</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Medisinsk utstyr</t>
+          <t>Legemidler</t>
         </is>
       </c>
       <c r="B20"/>
       <c r="C20" t="n">
-        <v>2022.0</v>
+        <v>2021.0</v>
       </c>
       <c r="D20" t="n">
-        <v>5771730.0</v>
+        <v>1.2300642090000007E7</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>Medisinsk utstyr</t>
+          <t>Legemidler</t>
         </is>
       </c>
       <c r="B21"/>
       <c r="C21" t="n">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="D21" t="n">
-        <v>5446857.0</v>
+        <v>1.0694540044471031E7</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>Digital helse</t>
+          <t>Legemidler</t>
         </is>
       </c>
       <c r="B22"/>
       <c r="C22" t="n">
-        <v>2014.0</v>
+        <v>2023.0</v>
       </c>
       <c r="D22" t="n">
-        <v>1257328.0</v>
+        <v>1.4181886654168583E7</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>Digital helse</t>
+          <t>Legemidler</t>
         </is>
       </c>
       <c r="B23"/>
       <c r="C23" t="n">
-        <v>2015.0</v>
+        <v>2024.0</v>
       </c>
       <c r="D23" t="n">
-        <v>1296665.0</v>
+        <v>1.5367133755617281E7</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>Digital helse</t>
+          <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B24"/>
       <c r="C24" t="n">
-        <v>2016.0</v>
+        <v>2014.0</v>
       </c>
       <c r="D24" t="n">
-        <v>1302006.0</v>
+        <v>4013666.6577799967</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>Digital helse</t>
+          <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B25"/>
       <c r="C25" t="n">
-        <v>2017.0</v>
+        <v>2015.0</v>
       </c>
       <c r="D25" t="n">
-        <v>1368927.0</v>
+        <v>3962024.062503998</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>Digital helse</t>
+          <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B26"/>
       <c r="C26" t="n">
-        <v>2018.0</v>
+        <v>2016.0</v>
       </c>
       <c r="D26" t="n">
-        <v>1262849.0</v>
+        <v>4575471.675000003</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>Digital helse</t>
+          <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B27"/>
       <c r="C27" t="n">
-        <v>2019.0</v>
+        <v>2017.0</v>
       </c>
       <c r="D27" t="n">
-        <v>1410244.0</v>
+        <v>4836153.049999999</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>Digital helse</t>
+          <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B28"/>
       <c r="C28" t="n">
-        <v>2020.0</v>
+        <v>2018.0</v>
       </c>
       <c r="D28" t="n">
-        <v>1641310.0</v>
+        <v>4729803.759999998</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>Digital helse</t>
+          <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B29"/>
       <c r="C29" t="n">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="D29" t="n">
-        <v>1747720.0</v>
+        <v>5054666.6799999885</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>Digital helse</t>
+          <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B30"/>
       <c r="C30" t="n">
-        <v>2022.0</v>
+        <v>2020.0</v>
       </c>
       <c r="D30" t="n">
-        <v>1798831.0</v>
+        <v>4825304.010000003</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>Digital helse</t>
+          <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B31"/>
       <c r="C31" t="n">
+        <v>2021.0</v>
+      </c>
+      <c r="D31" t="n">
+        <v>5348522.760000002</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="inlineStr">
+        <is>
+          <t>Medisinsk utstyr</t>
+        </is>
+      </c>
+      <c r="B32"/>
+      <c r="C32" t="n">
+        <v>2022.0</v>
+      </c>
+      <c r="D32" t="n">
+        <v>5069317.586040608</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="inlineStr">
+        <is>
+          <t>Medisinsk utstyr</t>
+        </is>
+      </c>
+      <c r="B33"/>
+      <c r="C33" t="n">
         <v>2023.0</v>
       </c>
-      <c r="D31" t="n">
-        <v>2113663.0</v>
+      <c r="D33" t="n">
+        <v>4882178.121808981</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>Medisinsk utstyr</t>
+        </is>
+      </c>
+      <c r="B34"/>
+      <c r="C34" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="D34" t="n">
+        <v>5863941.381327302</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>