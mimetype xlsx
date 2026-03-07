--- v0 (2025-11-04)
+++ v1 (2026-03-07)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
+    <sheet name="export" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -91,591 +91,647 @@
           <t>Underkategori</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>year</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>value</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
           <t>Digital helse</t>
         </is>
       </c>
       <c r="B2"/>
       <c r="C2" t="n">
         <v>2014.0</v>
       </c>
       <c r="D2" t="n">
-        <v>867107.0</v>
+        <v>883465.2154798215</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
           <t>Digital helse</t>
         </is>
       </c>
       <c r="B3"/>
       <c r="C3" t="n">
         <v>2015.0</v>
       </c>
       <c r="D3" t="n">
-        <v>835915.0</v>
+        <v>844136.2923065249</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
           <t>Digital helse</t>
         </is>
       </c>
       <c r="B4"/>
       <c r="C4" t="n">
         <v>2016.0</v>
       </c>
       <c r="D4" t="n">
-        <v>854369.0</v>
+        <v>855798.9553973296</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
           <t>Digital helse</t>
         </is>
       </c>
       <c r="B5"/>
       <c r="C5" t="n">
         <v>2017.0</v>
       </c>
       <c r="D5" t="n">
-        <v>856818.0</v>
+        <v>860681.7470179545</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
           <t>Digital helse</t>
         </is>
       </c>
       <c r="B6"/>
       <c r="C6" t="n">
         <v>2018.0</v>
       </c>
       <c r="D6" t="n">
-        <v>828115.0</v>
+        <v>813588.5052828237</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
           <t>Digital helse</t>
         </is>
       </c>
       <c r="B7"/>
       <c r="C7" t="n">
         <v>2019.0</v>
       </c>
       <c r="D7" t="n">
-        <v>882808.0</v>
+        <v>853199.5717934357</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
           <t>Digital helse</t>
         </is>
       </c>
       <c r="B8"/>
       <c r="C8" t="n">
         <v>2020.0</v>
       </c>
       <c r="D8" t="n">
-        <v>931481.0</v>
+        <v>910720.2000925031</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
           <t>Digital helse</t>
         </is>
       </c>
       <c r="B9"/>
       <c r="C9" t="n">
         <v>2021.0</v>
       </c>
       <c r="D9" t="n">
-        <v>895313.0</v>
+        <v>909781.8303936454</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
           <t>Digital helse</t>
         </is>
       </c>
       <c r="B10"/>
       <c r="C10" t="n">
         <v>2022.0</v>
       </c>
       <c r="D10" t="n">
-        <v>887018.0</v>
+        <v>843605.0140366725</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
           <t>Digital helse</t>
         </is>
       </c>
       <c r="B11"/>
       <c r="C11" t="n">
         <v>2023.0</v>
       </c>
       <c r="D11" t="n">
-        <v>990359.0</v>
+        <v>1023423.1311730589</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>Legemidler</t>
+          <t>Digital helse</t>
         </is>
       </c>
       <c r="B12"/>
       <c r="C12" t="n">
-        <v>2014.0</v>
+        <v>2024.0</v>
       </c>
       <c r="D12" t="n">
-        <v>1614884.0</v>
+        <v>1062693.046920398</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
           <t>Legemidler</t>
         </is>
       </c>
       <c r="B13"/>
       <c r="C13" t="n">
-        <v>2015.0</v>
+        <v>2014.0</v>
       </c>
       <c r="D13" t="n">
-        <v>1974426.0</v>
+        <v>1620676.0547542302</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
           <t>Legemidler</t>
         </is>
       </c>
       <c r="B14"/>
       <c r="C14" t="n">
-        <v>2016.0</v>
+        <v>2015.0</v>
       </c>
       <c r="D14" t="n">
-        <v>2278864.0</v>
+        <v>1987344.73440436</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
           <t>Legemidler</t>
         </is>
       </c>
       <c r="B15"/>
       <c r="C15" t="n">
-        <v>2017.0</v>
+        <v>2016.0</v>
       </c>
       <c r="D15" t="n">
-        <v>2227126.0</v>
+        <v>2294695.872372435</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
           <t>Legemidler</t>
         </is>
       </c>
       <c r="B16"/>
       <c r="C16" t="n">
-        <v>2018.0</v>
+        <v>2017.0</v>
       </c>
       <c r="D16" t="n">
-        <v>2406160.0</v>
+        <v>2203248.513663732</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
           <t>Legemidler</t>
         </is>
       </c>
       <c r="B17"/>
       <c r="C17" t="n">
-        <v>2019.0</v>
+        <v>2018.0</v>
       </c>
       <c r="D17" t="n">
-        <v>2474237.0</v>
+        <v>2419230.4128597486</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
           <t>Legemidler</t>
         </is>
       </c>
       <c r="B18"/>
       <c r="C18" t="n">
-        <v>2020.0</v>
+        <v>2019.0</v>
       </c>
       <c r="D18" t="n">
-        <v>2993907.0</v>
+        <v>2487930.284098535</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
           <t>Legemidler</t>
         </is>
       </c>
       <c r="B19"/>
       <c r="C19" t="n">
-        <v>2021.0</v>
+        <v>2020.0</v>
       </c>
       <c r="D19" t="n">
-        <v>2259529.0</v>
+        <v>3007928.1446921127</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Legemidler</t>
         </is>
       </c>
       <c r="B20"/>
       <c r="C20" t="n">
-        <v>2022.0</v>
+        <v>2021.0</v>
       </c>
       <c r="D20" t="n">
-        <v>1919215.0</v>
+        <v>2267719.6614305386</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Legemidler</t>
         </is>
       </c>
       <c r="B21"/>
       <c r="C21" t="n">
-        <v>2023.0</v>
+        <v>2022.0</v>
       </c>
       <c r="D21" t="n">
-        <v>2433562.0</v>
+        <v>1902586.9258051757</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>Medisinsk utstyr</t>
+          <t>Legemidler</t>
         </is>
       </c>
       <c r="B22"/>
       <c r="C22" t="n">
-        <v>2014.0</v>
+        <v>2023.0</v>
       </c>
       <c r="D22" t="n">
-        <v>900533.0</v>
+        <v>2471524.032838768</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>Medisinsk utstyr</t>
+          <t>Legemidler</t>
         </is>
       </c>
       <c r="B23"/>
       <c r="C23" t="n">
-        <v>2015.0</v>
+        <v>2024.0</v>
       </c>
       <c r="D23" t="n">
-        <v>858599.0</v>
+        <v>2658570.629030514</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B24"/>
       <c r="C24" t="n">
-        <v>2016.0</v>
+        <v>2014.0</v>
       </c>
       <c r="D24" t="n">
-        <v>1008237.0</v>
+        <v>923933.0168388942</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B25"/>
       <c r="C25" t="n">
-        <v>2017.0</v>
+        <v>2015.0</v>
       </c>
       <c r="D25" t="n">
-        <v>1038626.0</v>
+        <v>860766.9213982509</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B26"/>
       <c r="C26" t="n">
-        <v>2018.0</v>
+        <v>2016.0</v>
       </c>
       <c r="D26" t="n">
-        <v>1027889.0</v>
+        <v>1007500.2422155268</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B27"/>
       <c r="C27" t="n">
-        <v>2019.0</v>
+        <v>2017.0</v>
       </c>
       <c r="D27" t="n">
-        <v>1082961.0</v>
+        <v>1063652.8699683761</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B28"/>
       <c r="C28" t="n">
-        <v>2020.0</v>
+        <v>2018.0</v>
       </c>
       <c r="D28" t="n">
-        <v>1121544.0</v>
+        <v>1027398.523352023</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B29"/>
       <c r="C29" t="n">
-        <v>2021.0</v>
+        <v>2019.0</v>
       </c>
       <c r="D29" t="n">
-        <v>1185517.0</v>
+        <v>1088110.8633130693</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B30"/>
       <c r="C30" t="n">
-        <v>2022.0</v>
+        <v>2020.0</v>
       </c>
       <c r="D30" t="n">
-        <v>1137462.0</v>
+        <v>1044239.1946988476</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B31"/>
       <c r="C31" t="n">
-        <v>2023.0</v>
+        <v>2021.0</v>
       </c>
       <c r="D31" t="n">
-        <v>1033336.0</v>
+        <v>1102756.3657956289</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>Norsk næringsliv (uten olje og gass)</t>
+          <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B32"/>
       <c r="C32" t="n">
-        <v>2014.0</v>
+        <v>2022.0</v>
       </c>
       <c r="D32" t="n">
-        <v>902913.0</v>
+        <v>1030933.7177058976</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>Norsk næringsliv (uten olje og gass)</t>
+          <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B33"/>
       <c r="C33" t="n">
-        <v>2015.0</v>
+        <v>2023.0</v>
       </c>
       <c r="D33" t="n">
-        <v>860863.0</v>
+        <v>968924.5214713519</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>Norsk næringsliv (uten olje og gass)</t>
+          <t>Medisinsk utstyr</t>
         </is>
       </c>
       <c r="B34"/>
       <c r="C34" t="n">
-        <v>2016.0</v>
+        <v>2024.0</v>
       </c>
       <c r="D34" t="n">
-        <v>905869.0</v>
+        <v>1155549.784579111</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
           <t>Norsk næringsliv (uten olje og gass)</t>
         </is>
       </c>
       <c r="B35"/>
       <c r="C35" t="n">
-        <v>2017.0</v>
+        <v>2014.0</v>
       </c>
       <c r="D35" t="n">
-        <v>918274.0</v>
+        <v>915483.074</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
           <t>Norsk næringsliv (uten olje og gass)</t>
         </is>
       </c>
       <c r="B36"/>
       <c r="C36" t="n">
-        <v>2018.0</v>
+        <v>2015.0</v>
       </c>
       <c r="D36" t="n">
-        <v>938942.0</v>
+        <v>865130.901</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
           <t>Norsk næringsliv (uten olje og gass)</t>
         </is>
       </c>
       <c r="B37"/>
       <c r="C37" t="n">
-        <v>2019.0</v>
+        <v>2016.0</v>
       </c>
       <c r="D37" t="n">
-        <v>1024551.0</v>
+        <v>906947.058</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
           <t>Norsk næringsliv (uten olje og gass)</t>
         </is>
       </c>
       <c r="B38"/>
       <c r="C38" t="n">
-        <v>2020.0</v>
+        <v>2017.0</v>
       </c>
       <c r="D38" t="n">
-        <v>1046036.0</v>
+        <v>918850.9820000001</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
           <t>Norsk næringsliv (uten olje og gass)</t>
         </is>
       </c>
       <c r="B39"/>
       <c r="C39" t="n">
-        <v>2021.0</v>
+        <v>2018.0</v>
       </c>
       <c r="D39" t="n">
-        <v>1090708.0</v>
+        <v>935059.1980000001</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
           <t>Norsk næringsliv (uten olje og gass)</t>
         </is>
       </c>
       <c r="B40"/>
       <c r="C40" t="n">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
       <c r="D40" t="n">
-        <v>1160361.0</v>
+        <v>1020534.224</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
           <t>Norsk næringsliv (uten olje og gass)</t>
         </is>
       </c>
       <c r="B41"/>
       <c r="C41" t="n">
+        <v>2020.0</v>
+      </c>
+      <c r="D41" t="n">
+        <v>1041472.7640000001</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr">
+        <is>
+          <t>Norsk næringsliv (uten olje og gass)</t>
+        </is>
+      </c>
+      <c r="B42"/>
+      <c r="C42" t="n">
+        <v>2021.0</v>
+      </c>
+      <c r="D42" t="n">
+        <v>1086400.477</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr">
+        <is>
+          <t>Norsk næringsliv (uten olje og gass)</t>
+        </is>
+      </c>
+      <c r="B43"/>
+      <c r="C43" t="n">
+        <v>2022.0</v>
+      </c>
+      <c r="D43" t="n">
+        <v>1129076.65</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr">
+        <is>
+          <t>Norsk næringsliv (uten olje og gass)</t>
+        </is>
+      </c>
+      <c r="B44"/>
+      <c r="C44" t="n">
         <v>2023.0</v>
       </c>
-      <c r="D41" t="n">
-        <v>1225363.0</v>
+      <c r="D44" t="n">
+        <v>1303543.667</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr">
+        <is>
+          <t>Norsk næringsliv (uten olje og gass)</t>
+        </is>
+      </c>
+      <c r="B45"/>
+      <c r="C45" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="D45" t="n">
+        <v>1327185.5869999998</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>