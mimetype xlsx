--- v0 (2025-11-04)
+++ v1 (2025-12-26)
@@ -61,3010 +61,3666 @@
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
+          <t>total</t>
+        </is>
+      </c>
+      <c r="B1" t="inlineStr">
+        <is>
           <t>year</t>
         </is>
       </c>
-      <c r="B1" t="inlineStr">
+      <c r="C1" t="inlineStr">
         <is>
           <t>utgiftstype</t>
         </is>
       </c>
-      <c r="C1" t="inlineStr">
+      <c r="D1" t="inlineStr">
         <is>
           <t>Region</t>
-        </is>
-[...3 lines deleted...]
-          <t>sum</t>
         </is>
       </c>
       <c r="E1" t="inlineStr">
         <is>
           <t>Sektor</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="n">
-        <v>2007.0</v>
+        <v>327.1339799999997</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>327.1339799999997</v>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
-        <v>2007.0</v>
+        <v>808.1270000000002</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D3" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>808.1270000000002</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
-        <v>2007.0</v>
+        <v>94.909</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D4" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>94.909</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
-        <v>2007.0</v>
+        <v>96.314</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D5" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>96.314</v>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
-        <v>2007.0</v>
+        <v>84.15300000000002</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D6" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>84.15300000000002</v>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
-        <v>2009.0</v>
+        <v>138.085</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>138.085</v>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
-        <v>2007.0</v>
+        <v>130.006</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>130.006</v>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
-        <v>2007.0</v>
+        <v>83.013</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>83.013</v>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
-        <v>2007.0</v>
+        <v>161.58399999999995</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>161.58399999999995</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
-        <v>2007.0</v>
+        <v>158.8132800000001</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>158.8132800000001</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
-        <v>2009.0</v>
+        <v>599.7090000000002</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>599.7090000000002</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
-        <v>2007.0</v>
+        <v>193.50468</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>193.50468</v>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
-        <v>2007.0</v>
+        <v>511.33000000000015</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>511.33000000000015</v>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
-        <v>2007.0</v>
+        <v>448.95459999999986</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>448.95459999999986</v>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
-        <v>2009.0</v>
+        <v>97.978</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D16" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>97.978</v>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
-        <v>2009.0</v>
+        <v>155.298</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>155.298</v>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
-        <v>2007.0</v>
+        <v>163.18593000000004</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>163.18593000000004</v>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
-        <v>2007.0</v>
+        <v>255.18991999999997</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>255.18991999999997</v>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
-        <v>2007.0</v>
+        <v>167.62983999999994</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>167.62983999999994</v>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
-        <v>2009.0</v>
+        <v>196.37</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>196.37</v>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
-        <v>2009.0</v>
+        <v>279.15521</v>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D22" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>279.15521</v>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
-        <v>2007.0</v>
+        <v>106.12420999999998</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2007</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D23" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>106.12420999999998</v>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
-        <v>2009.0</v>
+        <v>68.181</v>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D24" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>68.181</v>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
-        <v>2009.0</v>
+        <v>115.52999999999997</v>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D25" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>115.52999999999997</v>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
-        <v>2009.0</v>
+        <v>286.5349100000001</v>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D26" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>286.5349100000001</v>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
-        <v>2009.0</v>
+        <v>206.53822000000005</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D27" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>206.53822000000005</v>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
-        <v>2009.0</v>
+        <v>936.2280000000003</v>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D28" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>936.2280000000003</v>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
-        <v>2009.0</v>
+        <v>192.50939000000014</v>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D29" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>192.50939000000014</v>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
-        <v>2009.0</v>
+        <v>153.71160999999998</v>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D30" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>153.71160999999998</v>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
-        <v>2011.0</v>
+        <v>1338.365</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D31" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>1338.365</v>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
-        <v>2009.0</v>
+        <v>521.15797</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D32" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>521.15797</v>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
-        <v>2009.0</v>
+        <v>405.50674999999995</v>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D33" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>405.50674999999995</v>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
-        <v>2011.0</v>
+        <v>175.041</v>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D34" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>175.041</v>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
-        <v>2011.0</v>
+        <v>284.23</v>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D35" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>284.23</v>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
-        <v>2011.0</v>
+        <v>578.7059099999999</v>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D36" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>578.7059099999999</v>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
-        <v>2011.0</v>
+        <v>228.278</v>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>228.278</v>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
-        <v>2009.0</v>
+        <v>218.3565299999999</v>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2009</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>218.3565299999999</v>
       </c>
       <c r="E38" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
-        <v>2011.0</v>
+        <v>55.06800000000001</v>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>55.06800000000001</v>
       </c>
       <c r="E39" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
-        <v>2011.0</v>
+        <v>435.5910300000001</v>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>435.5910300000001</v>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
-        <v>2011.0</v>
+        <v>257.5111999999999</v>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>257.5111999999999</v>
       </c>
       <c r="E41" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
-        <v>2011.0</v>
+        <v>344.8421499999999</v>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>344.8421499999999</v>
       </c>
       <c r="E42" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
-        <v>2011.0</v>
+        <v>141.012</v>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>141.012</v>
       </c>
       <c r="E43" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
-        <v>2011.0</v>
+        <v>437.51200000000006</v>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>437.51200000000006</v>
       </c>
       <c r="E44" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
-        <v>2013.0</v>
+        <v>183.30299999999997</v>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>183.30299999999997</v>
       </c>
       <c r="E45" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
-        <v>2013.0</v>
+        <v>102.32000000000001</v>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>102.32000000000001</v>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
-        <v>2011.0</v>
+        <v>154.89130000000003</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>154.89130000000003</v>
       </c>
       <c r="E47" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
-        <v>2011.0</v>
+        <v>105.13000000000001</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>105.13000000000001</v>
       </c>
       <c r="E48" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
-        <v>2011.0</v>
+        <v>189.35365999999993</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>189.35365999999993</v>
       </c>
       <c r="E49" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
-        <v>2015.0</v>
+        <v>103.35899999999998</v>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>103.35899999999998</v>
       </c>
       <c r="E50" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
-        <v>2013.0</v>
+        <v>1618.4319999999998</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>1618.4319999999998</v>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="n">
-        <v>2011.0</v>
+        <v>174.69333999999995</v>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>174.69333999999995</v>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="n">
-        <v>2011.0</v>
+        <v>188.28140000000005</v>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2011</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>188.28140000000005</v>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="n">
-        <v>2013.0</v>
+        <v>196.135</v>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>196.135</v>
       </c>
       <c r="E54" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="n">
-        <v>2015.0</v>
+        <v>217.39299999999997</v>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>217.39299999999997</v>
       </c>
       <c r="E55" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="n">
-        <v>2013.0</v>
+        <v>164.25899999999996</v>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>164.25899999999996</v>
       </c>
       <c r="E56" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="n">
-        <v>2013.0</v>
+        <v>58.395</v>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>58.395</v>
       </c>
       <c r="E57" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="n">
-        <v>2013.0</v>
+        <v>217.93998000000002</v>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>217.93998000000002</v>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="n">
-        <v>2013.0</v>
+        <v>639.5580000000001</v>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>639.5580000000001</v>
       </c>
       <c r="E59" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="n">
-        <v>2015.0</v>
+        <v>543.091</v>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>543.091</v>
       </c>
       <c r="E60" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="n">
-        <v>2013.0</v>
+        <v>283.25532</v>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>283.25532</v>
       </c>
       <c r="E61" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="n">
-        <v>2013.0</v>
+        <v>157.33488999999994</v>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>157.33488999999994</v>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="n">
-        <v>2013.0</v>
+        <v>438.84492</v>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>438.84492</v>
       </c>
       <c r="E63" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="n">
-        <v>2013.0</v>
+        <v>451.444</v>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>451.444</v>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="n">
-        <v>2015.0</v>
+        <v>205.204</v>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>205.204</v>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="n">
-        <v>2013.0</v>
+        <v>633.7767799999998</v>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>633.7767799999998</v>
       </c>
       <c r="E66" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="n">
-        <v>2015.0</v>
+        <v>480.9925100000001</v>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>480.9925100000001</v>
       </c>
       <c r="E67" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="n">
-        <v>2015.0</v>
+        <v>200.303</v>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>200.303</v>
       </c>
       <c r="E68" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="n">
-        <v>2013.0</v>
+        <v>325.65552999999994</v>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>325.65552999999994</v>
       </c>
       <c r="E69" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="n">
-        <v>2015.0</v>
+        <v>815.7149099999998</v>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>815.7149099999998</v>
       </c>
       <c r="E70" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="n">
-        <v>2013.0</v>
+        <v>279.41392</v>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>279.41392</v>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="n">
-        <v>2015.0</v>
+        <v>357.64180000000005</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>357.64180000000005</v>
       </c>
       <c r="E72" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="n">
-        <v>2015.0</v>
+        <v>723.6119999999999</v>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>723.6119999999999</v>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="n">
-        <v>2015.0</v>
+        <v>208.62603</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>208.62603</v>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="n">
-        <v>2017.0</v>
+        <v>226.07911404823838</v>
       </c>
       <c r="B75" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>226.07911404823838</v>
       </c>
       <c r="E75" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="n">
-        <v>2013.0</v>
+        <v>180.23436999999998</v>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2013</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>180.23436999999998</v>
       </c>
       <c r="E76" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="n">
-        <v>2017.0</v>
+        <v>74.2622700546291</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>74.2622700546291</v>
       </c>
       <c r="E77" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="n">
-        <v>2015.0</v>
+        <v>492.02288999999996</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>492.02288999999996</v>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="n">
-        <v>2017.0</v>
+        <v>2027.6851200267843</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>2027.6851200267843</v>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="n">
-        <v>2017.0</v>
+        <v>806.3588799732158</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>806.3588799732158</v>
       </c>
       <c r="E80" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="n">
-        <v>2015.0</v>
+        <v>77.529</v>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>77.529</v>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="n">
-        <v>2017.0</v>
+        <v>932.9205700000001</v>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>932.9205700000001</v>
       </c>
       <c r="E82" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="n">
-        <v>2017.0</v>
+        <v>116.38788595176163</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>116.38788595176163</v>
       </c>
       <c r="E83" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="n">
-        <v>2017.0</v>
+        <v>450.7816400000002</v>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>450.7816400000002</v>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="n">
-        <v>2017.0</v>
+        <v>276.37965999999994</v>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>276.37965999999994</v>
       </c>
       <c r="E85" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="n">
-        <v>2015.0</v>
+        <v>1870.2179999999998</v>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>1870.2179999999998</v>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="n">
-        <v>2017.0</v>
+        <v>381.66669999999993</v>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>381.66669999999993</v>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="n">
-        <v>2017.0</v>
+        <v>560.0461925356252</v>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>560.0461925356252</v>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="n">
-        <v>2019.0</v>
+        <v>710.3739600000001</v>
       </c>
       <c r="B89" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>710.3739600000001</v>
       </c>
       <c r="E89" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="n">
-        <v>2019.0</v>
+        <v>247.477</v>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>247.477</v>
       </c>
       <c r="E90" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="n">
-        <v>2015.0</v>
+        <v>317.13354999999996</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>317.13354999999996</v>
       </c>
       <c r="E91" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="n">
-        <v>2019.0</v>
+        <v>117.47700000000002</v>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>117.47700000000002</v>
       </c>
       <c r="E92" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="n">
-        <v>2017.0</v>
+        <v>261.38180746437473</v>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>261.38180746437473</v>
       </c>
       <c r="E93" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="n">
-        <v>2019.0</v>
+        <v>518.6259399999999</v>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>518.6259399999999</v>
       </c>
       <c r="E94" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="n">
-        <v>2019.0</v>
+        <v>613.2294100000001</v>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>613.2294100000001</v>
       </c>
       <c r="E95" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="n">
-        <v>2015.0</v>
+        <v>287.89376000000004</v>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>287.89376000000004</v>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="n">
-        <v>2019.0</v>
+        <v>243.311</v>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>243.311</v>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="n">
-        <v>2017.0</v>
+        <v>309.66049</v>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>309.66049</v>
       </c>
       <c r="E98" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="n">
-        <v>2019.0</v>
+        <v>316.04904</v>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>316.04904</v>
       </c>
       <c r="E99" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="n">
-        <v>2015.0</v>
+        <v>149.22260000000003</v>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2015</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>149.22260000000003</v>
       </c>
       <c r="E100" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="n">
-        <v>2019.0</v>
+        <v>1084.1885300000004</v>
       </c>
       <c r="B101" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>1084.1885300000004</v>
       </c>
       <c r="E101" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="n">
-        <v>2017.0</v>
+        <v>198.82215</v>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>198.82215</v>
       </c>
       <c r="E102" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="n">
-        <v>2019.0</v>
+        <v>178.27436999999998</v>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>178.27436999999998</v>
       </c>
       <c r="E103" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="n">
-        <v>2017.0</v>
+        <v>219.69172994537092</v>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>219.69172994537092</v>
       </c>
       <c r="E104" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="n">
-        <v>2019.0</v>
+        <v>432.33560000000017</v>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>432.33560000000017</v>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="n">
-        <v>2019.0</v>
+        <v>83.108</v>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>83.108</v>
       </c>
       <c r="E106" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="n">
-        <v>2017.0</v>
+        <v>714.4511400000005</v>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>714.4511400000005</v>
       </c>
       <c r="E107" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="n">
-        <v>2019.0</v>
+        <v>328.63299000000006</v>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>328.63299000000006</v>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="n">
-        <v>2019.0</v>
+        <v>2303.4890000000014</v>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>2303.4890000000014</v>
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="n">
-        <v>2017.0</v>
+        <v>620.0247100000001</v>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2017</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>620.0247100000001</v>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="n">
-        <v>2019.0</v>
+        <v>605.072</v>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>605.072</v>
       </c>
       <c r="E111" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="n">
-        <v>2019.0</v>
+        <v>881.2369999999994</v>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>881.2369999999994</v>
       </c>
       <c r="E112" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="n">
-        <v>2019.0</v>
+        <v>296.719</v>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2019</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>296.719</v>
       </c>
       <c r="E113" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="n">
-        <v>2021.0</v>
+        <v>289.0949999999999</v>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>289.0949999999999</v>
       </c>
       <c r="E114" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="n">
-        <v>2021.0</v>
+        <v>119.05499999999998</v>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>119.05499999999998</v>
       </c>
       <c r="E115" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="n">
-        <v>2021.0</v>
+        <v>288.17699999999996</v>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>288.17699999999996</v>
       </c>
       <c r="E116" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="n">
-        <v>2021.0</v>
+        <v>88.41199999999999</v>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>88.41199999999999</v>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="n">
-        <v>2021.0</v>
+        <v>2534.899</v>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>2534.899</v>
       </c>
       <c r="E118" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="n">
-        <v>2021.0</v>
+        <v>861.715</v>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>861.715</v>
       </c>
       <c r="E119" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="n">
-        <v>2021.0</v>
+        <v>699.3969999999999</v>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>699.3969999999999</v>
       </c>
       <c r="E120" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="n">
-        <v>2021.0</v>
+        <v>319.736</v>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>319.736</v>
       </c>
       <c r="E121" t="inlineStr">
         <is>
           <t>Helseforetak</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="n">
-        <v>2021.0</v>
+        <v>1098.0020699999998</v>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>1098.0020699999998</v>
       </c>
       <c r="E122" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="n">
-        <v>2021.0</v>
+        <v>748.2358999999999</v>
       </c>
       <c r="B123" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
           <t>Helseregion Sør-Øst</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>748.2358999999999</v>
       </c>
       <c r="E123" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="n">
-        <v>2021.0</v>
+        <v>529.6723599999999</v>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D124" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>529.6723599999999</v>
       </c>
       <c r="E124" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="n">
-        <v>2021.0</v>
+        <v>221.5972600000001</v>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
           <t>Helseregion Midt-Norge</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>221.5972600000001</v>
       </c>
       <c r="E125" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="n">
-        <v>2021.0</v>
+        <v>506.28056000000026</v>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>506.28056000000026</v>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="n">
-        <v>2021.0</v>
+        <v>302.14498</v>
       </c>
       <c r="B127" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C127" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
           <t>Helseregion Vest</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>302.14498</v>
       </c>
       <c r="E127" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="n">
-        <v>2021.0</v>
+        <v>244.01307999999992</v>
       </c>
       <c r="B128" t="inlineStr">
         <is>
-          <t>Lønn</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C128" t="inlineStr">
         <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
-      </c>
-[...1 lines deleted...]
-        <v>244.01307999999992</v>
       </c>
       <c r="E128" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="n">
-        <v>2021.0</v>
+        <v>152.57375</v>
       </c>
       <c r="B129" t="inlineStr">
         <is>
-          <t>Øvrig drift</t>
+          <t>2021</t>
         </is>
       </c>
       <c r="C129" t="inlineStr">
         <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
           <t>Helseregion Nord</t>
         </is>
       </c>
-      <c r="D129" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="E129" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="n">
+        <v>327.15400000000005</v>
+      </c>
+      <c r="B130" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>Helseregion Midt-Norge</t>
+        </is>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="n">
+        <v>135.69400000000002</v>
+      </c>
+      <c r="B131" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>Helseregion Midt-Norge</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="n">
+        <v>302.205</v>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C132" t="inlineStr">
+        <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>Helseregion Nord</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="n">
+        <v>88.059</v>
+      </c>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C133" t="inlineStr">
+        <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>Helseregion Nord</t>
+        </is>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="n">
+        <v>2736.764999999999</v>
+      </c>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C134" t="inlineStr">
+        <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>Helseregion Sør-Øst</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="n">
+        <v>1181.9700000000012</v>
+      </c>
+      <c r="B135" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C135" t="inlineStr">
+        <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D135" t="inlineStr">
+        <is>
+          <t>Helseregion Sør-Øst</t>
+        </is>
+      </c>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="n">
+        <v>836.2970000000001</v>
+      </c>
+      <c r="B136" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C136" t="inlineStr">
+        <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D136" t="inlineStr">
+        <is>
+          <t>Helseregion Vest</t>
+        </is>
+      </c>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="n">
+        <v>353.74</v>
+      </c>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C137" t="inlineStr">
+        <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>Helseregion Vest</t>
+        </is>
+      </c>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>Helseforetak</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="n">
+        <v>1234.0847799999992</v>
+      </c>
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>Helseregion Sør-Øst</t>
+        </is>
+      </c>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="n">
+        <v>721.8547300000001</v>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C139" t="inlineStr">
+        <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D139" t="inlineStr">
+        <is>
+          <t>Helseregion Sør-Øst</t>
+        </is>
+      </c>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="n">
+        <v>625.6262999999999</v>
+      </c>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C140" t="inlineStr">
+        <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>Helseregion Midt-Norge</t>
+        </is>
+      </c>
+      <c r="E140" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="n">
+        <v>291.29276000000004</v>
+      </c>
+      <c r="B141" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C141" t="inlineStr">
+        <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>Helseregion Midt-Norge</t>
+        </is>
+      </c>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="n">
+        <v>523.0987599999999</v>
+      </c>
+      <c r="B142" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C142" t="inlineStr">
+        <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D142" t="inlineStr">
+        <is>
+          <t>Helseregion Vest</t>
+        </is>
+      </c>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="n">
+        <v>439.50014999999996</v>
+      </c>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr">
+        <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D143" t="inlineStr">
+        <is>
+          <t>Helseregion Vest</t>
+        </is>
+      </c>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="n">
+        <v>245.89400999999998</v>
+      </c>
+      <c r="B144" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C144" t="inlineStr">
+        <is>
+          <t>Lønn</t>
+        </is>
+      </c>
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>Helseregion Nord</t>
+        </is>
+      </c>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="n">
+        <v>192.28307</v>
+      </c>
+      <c r="B145" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>Øvrig drift</t>
+        </is>
+      </c>
+      <c r="D145" t="inlineStr">
+        <is>
+          <t>Helseregion Nord</t>
+        </is>
+      </c>
+      <c r="E145" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>