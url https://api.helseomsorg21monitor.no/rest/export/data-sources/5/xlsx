--- v0 (2025-11-07)
+++ v1 (2026-03-11)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
+    <sheet name="export" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -3361,499 +3361,737 @@
       <c r="D234" t="inlineStr">
         <is>
           <t>Q - Helse- og sosialtjenester</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="n">
         <v>2021.0</v>
       </c>
       <c r="B235" t="n">
         <v>100000.0</v>
       </c>
       <c r="C235"/>
       <c r="D235" t="inlineStr">
         <is>
           <t>X - Uspesifisert</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="n">
         <v>2022.0</v>
       </c>
       <c r="B236" t="n">
-        <v>8315000.0</v>
+        <v>7781999.0</v>
       </c>
       <c r="C236" t="inlineStr">
         <is>
           <t>Distriktsutviklingstilskudd</t>
         </is>
       </c>
       <c r="D236"/>
     </row>
     <row r="237">
       <c r="A237" t="n">
         <v>2022.0</v>
       </c>
       <c r="B237" t="n">
-        <v>4.1666E7</v>
+        <v>3.5107052E7</v>
       </c>
       <c r="C237" t="inlineStr">
         <is>
           <t>Innovasjonstilskudd</t>
         </is>
       </c>
       <c r="D237"/>
     </row>
     <row r="238">
       <c r="A238" t="n">
         <v>2022.0</v>
       </c>
       <c r="B238" t="n">
-        <v>5458000.0</v>
+        <v>4671554.0</v>
       </c>
       <c r="C238" t="inlineStr">
         <is>
           <t>Internasjonale tilskuddsprogrammer</t>
         </is>
       </c>
       <c r="D238"/>
     </row>
     <row r="239">
       <c r="A239" t="n">
         <v>2022.0</v>
       </c>
       <c r="B239" t="n">
-        <v>1.445E7</v>
+        <v>1.4327921E7</v>
       </c>
       <c r="C239" t="inlineStr">
         <is>
           <t>Klynger og nettverk</t>
         </is>
       </c>
       <c r="D239"/>
     </row>
     <row r="240">
       <c r="A240" t="n">
         <v>2022.0</v>
       </c>
       <c r="B240" t="n">
         <v>4450000.0</v>
       </c>
       <c r="C240" t="inlineStr">
         <is>
           <t>Lavrisikolån</t>
         </is>
       </c>
       <c r="D240"/>
     </row>
     <row r="241">
       <c r="A241" t="n">
         <v>2022.0</v>
       </c>
       <c r="B241" t="n">
-        <v>4250000.0</v>
+        <v>4235420.0</v>
       </c>
       <c r="C241" t="inlineStr">
         <is>
           <t>Landbrukstilskudd</t>
         </is>
       </c>
       <c r="D241"/>
     </row>
     <row r="242">
       <c r="A242" t="n">
         <v>2022.0</v>
       </c>
       <c r="B242" t="n">
-        <v>1.9429715E7</v>
+        <v>1.8885308E7</v>
       </c>
       <c r="C242" t="inlineStr">
         <is>
           <t>Oppstartstilskudd</t>
         </is>
       </c>
       <c r="D242"/>
     </row>
     <row r="243">
       <c r="A243" t="n">
         <v>2022.0</v>
       </c>
       <c r="B243" t="n">
-        <v>7.4E7</v>
+        <v>7.25E7</v>
       </c>
       <c r="C243" t="inlineStr">
         <is>
           <t>Risikolån</t>
         </is>
       </c>
       <c r="D243"/>
     </row>
     <row r="244">
       <c r="A244" t="n">
         <v>2022.0</v>
       </c>
       <c r="B244" t="n">
-        <v>3.798E7</v>
+        <v>3.3322949E7</v>
       </c>
       <c r="C244"/>
       <c r="D244" t="inlineStr">
         <is>
           <t>C - Industri</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="n">
         <v>2022.0</v>
       </c>
       <c r="B245" t="n">
-        <v>1.0801E7</v>
+        <v>9878946.0</v>
       </c>
       <c r="C245"/>
       <c r="D245" t="inlineStr">
         <is>
           <t>G - Varehandel- reparasjon av motorvogner</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="n">
         <v>2022.0</v>
       </c>
       <c r="B246" t="n">
-        <v>4.5489E7</v>
+        <v>4.505131E7</v>
       </c>
       <c r="C246"/>
       <c r="D246" t="inlineStr">
         <is>
           <t>J - Informasjon og kommunikasjon</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="n">
         <v>2022.0</v>
       </c>
       <c r="B247" t="n">
         <v>475000.0</v>
       </c>
       <c r="C247"/>
       <c r="D247" t="inlineStr">
         <is>
           <t>L - Omsetning og drift av fast eiendom</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="n">
         <v>2022.0</v>
       </c>
       <c r="B248" t="n">
-        <v>4.2621E7</v>
+        <v>4.1387734E7</v>
       </c>
       <c r="C248"/>
       <c r="D248" t="inlineStr">
         <is>
           <t>M - Faglig, vitenskapelig og teknisk tjenesteyting</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="n">
         <v>2022.0</v>
       </c>
       <c r="B249" t="n">
-        <v>300000.0</v>
+        <v>292796.0</v>
       </c>
       <c r="C249"/>
       <c r="D249" t="inlineStr">
         <is>
           <t>N - Forretningsmessig tjenesteyting</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="n">
         <v>2022.0</v>
       </c>
       <c r="B250" t="n">
         <v>1600000.0</v>
       </c>
       <c r="C250"/>
       <c r="D250" t="inlineStr">
         <is>
           <t>P - Undervisning</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="n">
         <v>2022.0</v>
       </c>
       <c r="B251" t="n">
-        <v>3.1052715E7</v>
+        <v>2.8372598E7</v>
       </c>
       <c r="C251"/>
       <c r="D251" t="inlineStr">
         <is>
           <t>Q - Helse- og sosialtjenester</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="n">
         <v>2022.0</v>
       </c>
       <c r="B252" t="n">
-        <v>1000000.0</v>
+        <v>877921.0</v>
       </c>
       <c r="C252"/>
       <c r="D252" t="inlineStr">
         <is>
           <t>S - Annen tjenesteyting</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="n">
         <v>2022.0</v>
       </c>
       <c r="B253" t="n">
         <v>700000.0</v>
       </c>
       <c r="C253"/>
       <c r="D253" t="inlineStr">
         <is>
           <t>X - Uspesifisert</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="n">
         <v>2023.0</v>
       </c>
       <c r="B254" t="n">
-        <v>2.43165E7</v>
+        <v>2.4256736E7</v>
       </c>
       <c r="C254" t="inlineStr">
         <is>
           <t>Distriktsutviklingstilskudd</t>
         </is>
       </c>
       <c r="D254"/>
     </row>
     <row r="255">
       <c r="A255" t="n">
         <v>2023.0</v>
       </c>
       <c r="B255" t="n">
-        <v>7.660708E7</v>
+        <v>7.6239639E7</v>
       </c>
       <c r="C255" t="inlineStr">
         <is>
           <t>Innovasjonstilskudd</t>
         </is>
       </c>
       <c r="D255"/>
     </row>
     <row r="256">
       <c r="A256" t="n">
         <v>2023.0</v>
       </c>
       <c r="B256" t="n">
-        <v>4925000.0</v>
+        <v>3521517.0</v>
       </c>
       <c r="C256" t="inlineStr">
         <is>
           <t>Internasjonale tilskuddsprogrammer</t>
         </is>
       </c>
       <c r="D256"/>
     </row>
     <row r="257">
       <c r="A257" t="n">
         <v>2023.0</v>
       </c>
       <c r="B257" t="n">
-        <v>1.727E7</v>
+        <v>1.127E7</v>
       </c>
       <c r="C257" t="inlineStr">
         <is>
           <t>Klynger og nettverk</t>
         </is>
       </c>
       <c r="D257"/>
     </row>
     <row r="258">
       <c r="A258" t="n">
         <v>2023.0</v>
       </c>
       <c r="B258" t="n">
-        <v>2.164791E7</v>
+        <v>1.9876693E7</v>
       </c>
       <c r="C258" t="inlineStr">
         <is>
           <t>Oppstartstilskudd</t>
         </is>
       </c>
       <c r="D258"/>
     </row>
     <row r="259">
       <c r="A259" t="n">
         <v>2023.0</v>
       </c>
       <c r="B259" t="n">
         <v>1.2065E8</v>
       </c>
       <c r="C259" t="inlineStr">
         <is>
           <t>Risikolån</t>
         </is>
       </c>
       <c r="D259"/>
     </row>
     <row r="260">
       <c r="A260" t="n">
         <v>2023.0</v>
       </c>
       <c r="B260" t="n">
-        <v>5.936258E7</v>
+        <v>5.7884284E7</v>
       </c>
       <c r="C260"/>
       <c r="D260" t="inlineStr">
         <is>
           <t>C - Industri</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="n">
         <v>2023.0</v>
       </c>
       <c r="B261" t="n">
-        <v>3561500.0</v>
+        <v>3452411.0</v>
       </c>
       <c r="C261"/>
       <c r="D261" t="inlineStr">
         <is>
           <t>G - Varehandel- reparasjon av motorvogner</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="n">
         <v>2023.0</v>
       </c>
       <c r="B262" t="n">
-        <v>7.0745425E7</v>
+        <v>7.0347444E7</v>
       </c>
       <c r="C262"/>
       <c r="D262" t="inlineStr">
         <is>
           <t>J - Informasjon og kommunikasjon</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="n">
         <v>2023.0</v>
       </c>
       <c r="B263" t="n">
-        <v>6.6937985E7</v>
+        <v>6.6387946E7</v>
       </c>
       <c r="C263"/>
       <c r="D263" t="inlineStr">
         <is>
           <t>M - Faglig, vitenskapelig og teknisk tjenesteyting</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="n">
         <v>2023.0</v>
       </c>
       <c r="B264" t="n">
         <v>415000.0</v>
       </c>
       <c r="C264"/>
       <c r="D264" t="inlineStr">
         <is>
           <t>N - Forretningsmessig tjenesteyting</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="n">
         <v>2023.0</v>
       </c>
       <c r="B265" t="n">
         <v>1600000.0</v>
       </c>
       <c r="C265"/>
       <c r="D265" t="inlineStr">
         <is>
           <t>P - Undervisning</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="n">
         <v>2023.0</v>
       </c>
       <c r="B266" t="n">
-        <v>5.52625E7</v>
+        <v>4.92275E7</v>
       </c>
       <c r="C266"/>
       <c r="D266" t="inlineStr">
         <is>
           <t>Q - Helse- og sosialtjenester</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="n">
         <v>2023.0</v>
       </c>
       <c r="B267" t="n">
         <v>5000000.0</v>
       </c>
       <c r="C267"/>
       <c r="D267" t="inlineStr">
         <is>
           <t>S - Annen tjenesteyting</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="n">
         <v>2023.0</v>
       </c>
       <c r="B268" t="n">
-        <v>2531500.0</v>
+        <v>1500000.0</v>
       </c>
       <c r="C268"/>
       <c r="D268" t="inlineStr">
+        <is>
+          <t>X - Uspesifisert</t>
+        </is>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B269" t="n">
+        <v>6605011.0</v>
+      </c>
+      <c r="C269" t="inlineStr">
+        <is>
+          <t>Distriktsutviklingstilskudd</t>
+        </is>
+      </c>
+      <c r="D269"/>
+    </row>
+    <row r="270">
+      <c r="A270" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B270" t="n">
+        <v>5.0902338E7</v>
+      </c>
+      <c r="C270" t="inlineStr">
+        <is>
+          <t>Innovasjonstilskudd</t>
+        </is>
+      </c>
+      <c r="D270"/>
+    </row>
+    <row r="271">
+      <c r="A271" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B271" t="n">
+        <v>5750000.0</v>
+      </c>
+      <c r="C271" t="inlineStr">
+        <is>
+          <t>Klynger og nettverk</t>
+        </is>
+      </c>
+      <c r="D271"/>
+    </row>
+    <row r="272">
+      <c r="A272" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B272" t="n">
+        <v>424500.0</v>
+      </c>
+      <c r="C272" t="inlineStr">
+        <is>
+          <t>Landbrukstilskudd</t>
+        </is>
+      </c>
+      <c r="D272"/>
+    </row>
+    <row r="273">
+      <c r="A273" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B273" t="n">
+        <v>3.0213514E7</v>
+      </c>
+      <c r="C273" t="inlineStr">
+        <is>
+          <t>Oppstartstilskudd</t>
+        </is>
+      </c>
+      <c r="D273"/>
+    </row>
+    <row r="274">
+      <c r="A274" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B274" t="n">
+        <v>1.701E8</v>
+      </c>
+      <c r="C274" t="inlineStr">
+        <is>
+          <t>Risikolån</t>
+        </is>
+      </c>
+      <c r="D274"/>
+    </row>
+    <row r="275">
+      <c r="A275" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B275" t="n">
+        <v>224500.0</v>
+      </c>
+      <c r="C275"/>
+      <c r="D275" t="inlineStr">
+        <is>
+          <t>A1 - Jordbruk/skogbruk</t>
+        </is>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B276" t="n">
+        <v>8767697.0</v>
+      </c>
+      <c r="C276"/>
+      <c r="D276" t="inlineStr">
+        <is>
+          <t>C - Industri</t>
+        </is>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B277" t="n">
+        <v>3500000.0</v>
+      </c>
+      <c r="C277"/>
+      <c r="D277" t="inlineStr">
+        <is>
+          <t>E - Vannforsyning, avløps- og renovasjonsvirksomhet</t>
+        </is>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B278" t="n">
+        <v>6034610.0</v>
+      </c>
+      <c r="C278"/>
+      <c r="D278" t="inlineStr">
+        <is>
+          <t>G - Varehandel- reparasjon av motorvogner</t>
+        </is>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B279" t="n">
+        <v>5.1169808E7</v>
+      </c>
+      <c r="C279"/>
+      <c r="D279" t="inlineStr">
+        <is>
+          <t>J - Informasjon og kommunikasjon</t>
+        </is>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B280" t="n">
+        <v>1.68398006E8</v>
+      </c>
+      <c r="C280"/>
+      <c r="D280" t="inlineStr">
+        <is>
+          <t>M - Faglig, vitenskapelig og teknisk tjenesteyting</t>
+        </is>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B281" t="n">
+        <v>223280.0</v>
+      </c>
+      <c r="C281"/>
+      <c r="D281" t="inlineStr">
+        <is>
+          <t>N - Forretningsmessig tjenesteyting</t>
+        </is>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B282" t="n">
+        <v>1000000.0</v>
+      </c>
+      <c r="C282"/>
+      <c r="D282" t="inlineStr">
+        <is>
+          <t>P - Undervisning</t>
+        </is>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B283" t="n">
+        <v>2.2796089E7</v>
+      </c>
+      <c r="C283"/>
+      <c r="D283" t="inlineStr">
+        <is>
+          <t>Q - Helse- og sosialtjenester</t>
+        </is>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B284" t="n">
+        <v>200000.0</v>
+      </c>
+      <c r="C284"/>
+      <c r="D284" t="inlineStr">
+        <is>
+          <t>S - Annen tjenesteyting</t>
+        </is>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" t="n">
+        <v>2024.0</v>
+      </c>
+      <c r="B285" t="n">
+        <v>1681373.0</v>
+      </c>
+      <c r="C285"/>
+      <c r="D285" t="inlineStr">
         <is>
           <t>X - Uspesifisert</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>