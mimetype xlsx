--- v0 (2025-12-26)
+++ v1 (2026-02-23)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
+    <sheet name="export" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -7100,42 +7100,618 @@
           <t>Universitetet i Tromsø</t>
         </is>
       </c>
       <c r="D390" t="n">
         <v>2023.0</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="n">
         <v>1.0</v>
       </c>
       <c r="B391" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="C391" t="inlineStr">
         <is>
           <t>VID vitenskapelige høgskole</t>
         </is>
       </c>
       <c r="D391" t="n">
         <v>2023.0</v>
       </c>
     </row>
+    <row r="392">
+      <c r="A392" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="B392" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C392" t="inlineStr">
+        <is>
+          <t>Høgskolen i Innlandet</t>
+        </is>
+      </c>
+      <c r="D392" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr">
+        <is>
+          <t>Høgskolen i Molde</t>
+        </is>
+      </c>
+      <c r="D393" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="B394" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C394" t="inlineStr">
+        <is>
+          <t>Høgskulen i Volda</t>
+        </is>
+      </c>
+      <c r="D394" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="B395" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C395" t="inlineStr">
+        <is>
+          <t>Høgskulen på Vestlandet</t>
+        </is>
+      </c>
+      <c r="D395" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="B396" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C396" t="inlineStr">
+        <is>
+          <t>MF Vitenskapelige høyskole</t>
+        </is>
+      </c>
+      <c r="D396" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="B397" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C397" t="inlineStr">
+        <is>
+          <t>Nord universitet</t>
+        </is>
+      </c>
+      <c r="D397" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="B398" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C398" t="inlineStr">
+        <is>
+          <t>Norges idrettshøgskole</t>
+        </is>
+      </c>
+      <c r="D398" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399" t="n">
+        <v>57.0</v>
+      </c>
+      <c r="B399" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C399" t="inlineStr">
+        <is>
+          <t>Norges teknisk-naturvitenskapelige universitet</t>
+        </is>
+      </c>
+      <c r="D399" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400" t="n">
+        <v>14.0</v>
+      </c>
+      <c r="B400" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C400" t="inlineStr">
+        <is>
+          <t>OsloMet - storbyuniversitetet</t>
+        </is>
+      </c>
+      <c r="D400" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="B401" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C401" t="inlineStr">
+        <is>
+          <t>Universitetet i Agder</t>
+        </is>
+      </c>
+      <c r="D401" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402" t="n">
+        <v>46.0</v>
+      </c>
+      <c r="B402" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C402" t="inlineStr">
+        <is>
+          <t>Universitetet i Bergen</t>
+        </is>
+      </c>
+      <c r="D402" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403" t="n">
+        <v>167.0</v>
+      </c>
+      <c r="B403" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C403" t="inlineStr">
+        <is>
+          <t>Universitetet i Oslo</t>
+        </is>
+      </c>
+      <c r="D403" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="B404" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C404" t="inlineStr">
+        <is>
+          <t>Universitetet i Stavanger</t>
+        </is>
+      </c>
+      <c r="D404" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405" t="n">
+        <v>5.0</v>
+      </c>
+      <c r="B405" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C405" t="inlineStr">
+        <is>
+          <t>Universitetet i Sørøst-Norge</t>
+        </is>
+      </c>
+      <c r="D405" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406" t="n">
+        <v>28.0</v>
+      </c>
+      <c r="B406" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C406" t="inlineStr">
+        <is>
+          <t>Universitetet i Tromsø</t>
+        </is>
+      </c>
+      <c r="D406" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407" t="n">
+        <v>8.0</v>
+      </c>
+      <c r="B407" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="C407" t="inlineStr">
+        <is>
+          <t>VID vitenskapelige høgskole</t>
+        </is>
+      </c>
+      <c r="D407" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="408">
+      <c r="A408" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="B408" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C408" t="inlineStr">
+        <is>
+          <t>Høgskolen i Innlandet</t>
+        </is>
+      </c>
+      <c r="D408" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="B409" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C409" t="inlineStr">
+        <is>
+          <t>Høgskolen i Molde</t>
+        </is>
+      </c>
+      <c r="D409" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="410">
+      <c r="A410" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="B410" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C410" t="inlineStr">
+        <is>
+          <t>Høgskulen i Volda</t>
+        </is>
+      </c>
+      <c r="D410" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411" t="n">
+        <v>2.0</v>
+      </c>
+      <c r="B411" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C411" t="inlineStr">
+        <is>
+          <t>Høgskulen på Vestlandet</t>
+        </is>
+      </c>
+      <c r="D411" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="B412" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C412" t="inlineStr">
+        <is>
+          <t>MF Vitenskapelige høyskole</t>
+        </is>
+      </c>
+      <c r="D412" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="B413" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C413" t="inlineStr">
+        <is>
+          <t>Nord universitet</t>
+        </is>
+      </c>
+      <c r="D413" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="B414" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C414" t="inlineStr">
+        <is>
+          <t>Norges idrettshøgskole</t>
+        </is>
+      </c>
+      <c r="D414" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="415">
+      <c r="A415" t="n">
+        <v>37.0</v>
+      </c>
+      <c r="B415" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C415" t="inlineStr">
+        <is>
+          <t>Norges teknisk-naturvitenskapelige universitet</t>
+        </is>
+      </c>
+      <c r="D415" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="416">
+      <c r="A416" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="B416" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C416" t="inlineStr">
+        <is>
+          <t>OsloMet - storbyuniversitetet</t>
+        </is>
+      </c>
+      <c r="D416" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="417">
+      <c r="A417" t="n">
+        <v>3.0</v>
+      </c>
+      <c r="B417" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C417" t="inlineStr">
+        <is>
+          <t>Universitetet i Agder</t>
+        </is>
+      </c>
+      <c r="D417" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418" t="n">
+        <v>40.0</v>
+      </c>
+      <c r="B418" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C418" t="inlineStr">
+        <is>
+          <t>Universitetet i Bergen</t>
+        </is>
+      </c>
+      <c r="D418" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419" t="n">
+        <v>80.0</v>
+      </c>
+      <c r="B419" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C419" t="inlineStr">
+        <is>
+          <t>Universitetet i Oslo</t>
+        </is>
+      </c>
+      <c r="D419" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420" t="n">
+        <v>4.0</v>
+      </c>
+      <c r="B420" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C420" t="inlineStr">
+        <is>
+          <t>Universitetet i Stavanger</t>
+        </is>
+      </c>
+      <c r="D420" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" t="n">
+        <v>1.0</v>
+      </c>
+      <c r="B421" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C421" t="inlineStr">
+        <is>
+          <t>Universitetet i Sørøst-Norge</t>
+        </is>
+      </c>
+      <c r="D421" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422" t="n">
+        <v>17.0</v>
+      </c>
+      <c r="B422" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C422" t="inlineStr">
+        <is>
+          <t>Universitetet i Tromsø</t>
+        </is>
+      </c>
+      <c r="D422" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="B423" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="C423" t="inlineStr">
+        <is>
+          <t>VID vitenskapelige høgskole</t>
+        </is>
+      </c>
+      <c r="D423" t="n">
+        <v>2024.0</v>
+      </c>
+    </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>