--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -332,201 +332,253 @@
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
           <t>Instituttsektoren</t>
         </is>
       </c>
       <c r="B20" t="n">
         <v>2015.0</v>
       </c>
       <c r="C20" t="n">
         <v>1.461E9</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
           <t>Næringslivet</t>
         </is>
       </c>
       <c r="B21" t="n">
         <v>2015.0</v>
       </c>
       <c r="C21" t="n">
-        <v>1.479E9</v>
+        <v>1.786E9</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
           <t>Helseforetak og andre ideelle sykehus</t>
         </is>
       </c>
       <c r="B22" t="n">
         <v>2017.0</v>
       </c>
       <c r="C22" t="n">
         <v>4.292E9</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
       <c r="B23" t="n">
         <v>2017.0</v>
       </c>
       <c r="C23" t="n">
-        <v>3.629E9</v>
+        <v>3.753E9</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
           <t>Instituttsektoren</t>
         </is>
       </c>
       <c r="B24" t="n">
         <v>2017.0</v>
       </c>
       <c r="C24" t="n">
         <v>1.133E9</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
           <t>Næringslivet</t>
         </is>
       </c>
       <c r="B25" t="n">
         <v>2017.0</v>
       </c>
       <c r="C25" t="n">
-        <v>2.081E9</v>
+        <v>2.267E9</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
           <t>Helseforetak og andre ideelle sykehus</t>
         </is>
       </c>
       <c r="B26" t="n">
         <v>2019.0</v>
       </c>
       <c r="C26" t="n">
-        <v>4.778E9</v>
+        <v>4.934E9</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
       <c r="B27" t="n">
         <v>2019.0</v>
       </c>
       <c r="C27" t="n">
-        <v>3.55E9</v>
+        <v>3.41E9</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
           <t>Instituttsektoren</t>
         </is>
       </c>
       <c r="B28" t="n">
         <v>2019.0</v>
       </c>
       <c r="C28" t="n">
-        <v>1.262E9</v>
+        <v>1.246E9</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
           <t>Næringslivet</t>
         </is>
       </c>
       <c r="B29" t="n">
         <v>2019.0</v>
       </c>
       <c r="C29" t="n">
-        <v>2.401E9</v>
+        <v>2.756E9</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
           <t>Helseforetak og andre ideelle sykehus</t>
         </is>
       </c>
       <c r="B30" t="n">
         <v>2021.0</v>
       </c>
       <c r="C30" t="n">
-        <v>5.268E9</v>
+        <v>5.386E9</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
           <t>Universiteter og høgskoler</t>
         </is>
       </c>
       <c r="B31" t="n">
         <v>2021.0</v>
       </c>
       <c r="C31" t="n">
-        <v>4.052E9</v>
+        <v>3.557E9</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
           <t>Instituttsektoren</t>
         </is>
       </c>
       <c r="B32" t="n">
         <v>2021.0</v>
       </c>
       <c r="C32" t="n">
-        <v>1.269E9</v>
+        <v>1.213E9</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
           <t>Næringslivet</t>
         </is>
       </c>
       <c r="B33" t="n">
         <v>2021.0</v>
       </c>
       <c r="C33" t="n">
-        <v>2.814E9</v>
+        <v>3.056E9</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="inlineStr">
+        <is>
+          <t>Helseforetak og andre ideelle sykehus</t>
+        </is>
+      </c>
+      <c r="B34" t="n">
+        <v>2023.0</v>
+      </c>
+      <c r="C34" t="n">
+        <v>6.113E9</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="inlineStr">
+        <is>
+          <t>Universiteter og høgskoler</t>
+        </is>
+      </c>
+      <c r="B35" t="n">
+        <v>2023.0</v>
+      </c>
+      <c r="C35" t="n">
+        <v>4.123E9</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="inlineStr">
+        <is>
+          <t>Instituttsektoren</t>
+        </is>
+      </c>
+      <c r="B36" t="n">
+        <v>2023.0</v>
+      </c>
+      <c r="C36" t="n">
+        <v>1.387E9</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr">
+        <is>
+          <t>Næringslivet</t>
+        </is>
+      </c>
+      <c r="B37" t="n">
+        <v>2023.0</v>
+      </c>
+      <c r="C37" t="n">
+        <v>3.947E9</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>