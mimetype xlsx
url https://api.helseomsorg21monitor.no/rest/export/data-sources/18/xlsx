--- v0 (2025-11-04)
+++ v1 (2026-02-15)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
+    <sheet name="export" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -118,1444 +118,1732 @@
       </c>
       <c r="D2" t="n">
         <v>2007.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
         <v>9.1</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D3" t="n">
         <v>2007.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
-        <v>127.9</v>
+        <v>37.8</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D4" t="n">
         <v>2007.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
-        <v>37.8</v>
+        <v>127.9</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D5" t="n">
         <v>2007.0</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="n">
         <v>58.7</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D6" t="n">
         <v>2007.0</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="n">
         <v>40.8</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D7" t="n">
         <v>2007.0</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="n">
-        <v>26.1</v>
+        <v>1.9</v>
       </c>
       <c r="B8" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D8" t="n">
         <v>2007.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
-        <v>1.9</v>
+        <v>26.1</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D9" t="n">
         <v>2007.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
         <v>315.8</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D10" t="n">
         <v>2008.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
         <v>4.0</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D11" t="n">
         <v>2008.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
-        <v>148.4</v>
+        <v>28.7</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D12" t="n">
         <v>2008.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
-        <v>28.7</v>
+        <v>148.4</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D13" t="n">
         <v>2008.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
         <v>65.6</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D14" t="n">
         <v>2008.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
         <v>0.4</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D15" t="n">
         <v>2008.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
-        <v>36.8</v>
+        <v>12.7</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D16" t="n">
         <v>2008.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
-        <v>12.7</v>
+        <v>36.8</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D17" t="n">
         <v>2008.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
         <v>308.0</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D18" t="n">
         <v>2009.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
         <v>7.8</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D19" t="n">
         <v>2009.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
-        <v>112.7</v>
+        <v>28.3</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D20" t="n">
         <v>2009.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
-        <v>28.3</v>
+        <v>112.7</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D21" t="n">
         <v>2009.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
         <v>66.4</v>
       </c>
       <c r="B22" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D22" t="n">
         <v>2009.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
         <v>0.7</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D23" t="n">
         <v>2009.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
-        <v>34.7</v>
+        <v>0.3</v>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D24" t="n">
         <v>2009.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
-        <v>0.3</v>
+        <v>34.7</v>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D25" t="n">
         <v>2009.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
         <v>339.0</v>
       </c>
       <c r="B26" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D26" t="n">
         <v>2010.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
         <v>2.1</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D27" t="n">
         <v>2010.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
-        <v>110.6</v>
+        <v>40.7</v>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D28" t="n">
         <v>2010.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
-        <v>40.7</v>
+        <v>110.6</v>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D29" t="n">
         <v>2010.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
         <v>62.2</v>
       </c>
       <c r="B30" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D30" t="n">
         <v>2010.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
         <v>2.3</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D31" t="n">
         <v>2010.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
-        <v>35.7</v>
+        <v>0.5</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D32" t="n">
         <v>2010.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
-        <v>0.5</v>
+        <v>35.7</v>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D33" t="n">
         <v>2010.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
         <v>342.8</v>
       </c>
       <c r="B34" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D34" t="n">
         <v>2011.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
         <v>1.9</v>
       </c>
       <c r="B35" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D35" t="n">
         <v>2011.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
-        <v>236.1</v>
+        <v>139.7</v>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D36" t="n">
         <v>2011.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
-        <v>139.7</v>
+        <v>236.1</v>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D37" t="n">
         <v>2011.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
         <v>62.2</v>
       </c>
       <c r="B38" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D38" t="n">
         <v>2011.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
         <v>0.0</v>
       </c>
       <c r="B39" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D39" t="n">
         <v>2011.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
-        <v>30.7</v>
+        <v>2.4</v>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D40" t="n">
         <v>2011.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
-        <v>2.4</v>
+        <v>30.7</v>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D41" t="n">
         <v>2011.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
         <v>242.8</v>
       </c>
       <c r="B42" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D42" t="n">
         <v>2012.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
         <v>10.9</v>
       </c>
       <c r="B43" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D43" t="n">
         <v>2012.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
-        <v>65.8</v>
+        <v>72.3</v>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D44" t="n">
         <v>2012.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
-        <v>72.3</v>
+        <v>65.8</v>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D45" t="n">
         <v>2012.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
         <v>63.6</v>
       </c>
       <c r="B46" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D46" t="n">
         <v>2012.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
         <v>0.2</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D47" t="n">
         <v>2012.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
-        <v>43.8</v>
+        <v>4.4</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D48" t="n">
         <v>2012.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
-        <v>4.4</v>
+        <v>43.8</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D49" t="n">
         <v>2012.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
         <v>231.9</v>
       </c>
       <c r="B50" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D50" t="n">
         <v>2013.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
         <v>5.9</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D51" t="n">
         <v>2013.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="n">
-        <v>77.8</v>
+        <v>68.0</v>
       </c>
       <c r="B52" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D52" t="n">
         <v>2013.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="n">
-        <v>68.0</v>
+        <v>77.8</v>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D53" t="n">
         <v>2013.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="n">
         <v>57.0</v>
       </c>
       <c r="B54" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D54" t="n">
         <v>2013.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="n">
         <v>0.0</v>
       </c>
       <c r="B55" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D55" t="n">
         <v>2013.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="n">
-        <v>36.1</v>
+        <v>0.0</v>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D56" t="n">
         <v>2013.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="n">
-        <v>0.0</v>
+        <v>36.1</v>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>C32.5 Medisinske og tanntekniske instr.</t>
         </is>
       </c>
       <c r="D57" t="n">
         <v>2013.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="n">
         <v>238.8</v>
       </c>
       <c r="B58" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D58" t="n">
         <v>2014.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="n">
         <v>3.8</v>
       </c>
       <c r="B59" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D59" t="n">
         <v>2014.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="n">
-        <v>81.5</v>
+        <v>17.4</v>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D60" t="n">
         <v>2014.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="n">
-        <v>17.4</v>
+        <v>81.5</v>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D61" t="n">
         <v>2014.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="n">
         <v>217.7</v>
       </c>
       <c r="B62" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D62" t="n">
         <v>2015.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="n">
         <v>1.8</v>
       </c>
       <c r="B63" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D63" t="n">
         <v>2015.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="n">
-        <v>96.3</v>
+        <v>14.4</v>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D64" t="n">
         <v>2015.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="n">
-        <v>14.4</v>
+        <v>96.3</v>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D65" t="n">
         <v>2015.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="n">
         <v>220.9</v>
       </c>
       <c r="B66" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D66" t="n">
         <v>2016.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="n">
         <v>4.0</v>
       </c>
       <c r="B67" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D67" t="n">
         <v>2016.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="n">
-        <v>112.7</v>
+        <v>18.5</v>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D68" t="n">
         <v>2016.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="n">
-        <v>18.5</v>
+        <v>112.7</v>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D69" t="n">
         <v>2016.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="n">
         <v>268.5</v>
       </c>
       <c r="B70" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D70" t="n">
         <v>2017.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="n">
         <v>5.5</v>
       </c>
       <c r="B71" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D71" t="n">
         <v>2017.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="n">
-        <v>120.0</v>
+        <v>10.9</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D72" t="n">
         <v>2017.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="n">
-        <v>10.9</v>
+        <v>120.0</v>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D73" t="n">
         <v>2017.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="n">
         <v>286.2</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D74" t="n">
         <v>2018.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="n">
         <v>14.2</v>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D75" t="n">
         <v>2018.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="n">
-        <v>111.4</v>
+        <v>17.0</v>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D76" t="n">
         <v>2018.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="n">
-        <v>17.0</v>
+        <v>111.4</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D77" t="n">
         <v>2018.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="n">
         <v>296.6</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>Lønnskostnader</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D78" t="n">
         <v>2019.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="n">
         <v>3.2</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
           <t>Kostnader til innleid personale</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D79" t="n">
         <v>2019.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="n">
-        <v>119.0</v>
+        <v>11.4</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
-          <t>Andre driftskostnader</t>
+          <t>FoU-investeringskostnader</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D80" t="n">
         <v>2019.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="n">
-        <v>11.4</v>
+        <v>119.0</v>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>FoU-investeringskostnader</t>
+          <t>Andre driftskostnader</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>C21 Farmasøytisk industri</t>
         </is>
       </c>
       <c r="D81" t="n">
         <v>2019.0</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="n">
+        <v>324.1</v>
+      </c>
+      <c r="B82" t="inlineStr">
+        <is>
+          <t>Lønnskostnader</t>
+        </is>
+      </c>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D82" t="n">
+        <v>2020.0</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="n">
+        <v>6.8</v>
+      </c>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>Kostnader til innleid personale</t>
+        </is>
+      </c>
+      <c r="C83" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D83" t="n">
+        <v>2020.0</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="n">
+        <v>10.4</v>
+      </c>
+      <c r="B84" t="inlineStr">
+        <is>
+          <t>FoU-investeringskostnader</t>
+        </is>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D84" t="n">
+        <v>2020.0</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="n">
+        <v>101.5</v>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>Andre driftskostnader</t>
+        </is>
+      </c>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D85" t="n">
+        <v>2020.0</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="n">
+        <v>342.0</v>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>Lønnskostnader</t>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D86" t="n">
+        <v>2021.0</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="n">
+        <v>10.3</v>
+      </c>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>Kostnader til innleid personale</t>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D87" t="n">
+        <v>2021.0</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="n">
+        <v>21.7</v>
+      </c>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>FoU-investeringskostnader</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D88" t="n">
+        <v>2021.0</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="n">
+        <v>92.0</v>
+      </c>
+      <c r="B89" t="inlineStr">
+        <is>
+          <t>Andre driftskostnader</t>
+        </is>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D89" t="n">
+        <v>2021.0</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="n">
+        <v>385.5</v>
+      </c>
+      <c r="B90" t="inlineStr">
+        <is>
+          <t>Lønnskostnader</t>
+        </is>
+      </c>
+      <c r="C90" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D90" t="n">
+        <v>2022.0</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="n">
+        <v>6.1</v>
+      </c>
+      <c r="B91" t="inlineStr">
+        <is>
+          <t>Kostnader til innleid personale</t>
+        </is>
+      </c>
+      <c r="C91" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D91" t="n">
+        <v>2022.0</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="n">
+        <v>11.6</v>
+      </c>
+      <c r="B92" t="inlineStr">
+        <is>
+          <t>FoU-investeringskostnader</t>
+        </is>
+      </c>
+      <c r="C92" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D92" t="n">
+        <v>2022.0</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="n">
+        <v>107.0</v>
+      </c>
+      <c r="B93" t="inlineStr">
+        <is>
+          <t>Andre driftskostnader</t>
+        </is>
+      </c>
+      <c r="C93" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D93" t="n">
+        <v>2022.0</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="n">
+        <v>442.8</v>
+      </c>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>Lønnskostnader</t>
+        </is>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D94" t="n">
+        <v>2023.0</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="n">
+        <v>4.5</v>
+      </c>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>Kostnader til innleid personale</t>
+        </is>
+      </c>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D95" t="n">
+        <v>2023.0</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="n">
+        <v>13.3</v>
+      </c>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>FoU-investeringskostnader</t>
+        </is>
+      </c>
+      <c r="C96" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D96" t="n">
+        <v>2023.0</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="n">
+        <v>155.7</v>
+      </c>
+      <c r="B97" t="inlineStr">
+        <is>
+          <t>Andre driftskostnader</t>
+        </is>
+      </c>
+      <c r="C97" t="inlineStr">
+        <is>
+          <t>C21 Farmasøytisk industri</t>
+        </is>
+      </c>
+      <c r="D97" t="n">
+        <v>2023.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>