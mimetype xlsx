--- v0 (2025-12-18)
+++ v1 (2026-02-22)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
+    <sheet name="export" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -2800,69 +2800,69 @@
         <is>
           <t>Sverige</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="n">
         <v>438.0</v>
       </c>
       <c r="B152" t="inlineStr">
         <is>
           <t>Kvinner</t>
         </is>
       </c>
       <c r="C152" t="n">
         <v>2022.0</v>
       </c>
       <c r="D152" t="inlineStr">
         <is>
           <t>Danmark</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="n">
-        <v>273.0</v>
+        <v>274.0</v>
       </c>
       <c r="B153" t="inlineStr">
         <is>
           <t>Menn</t>
         </is>
       </c>
       <c r="C153" t="n">
         <v>2022.0</v>
       </c>
       <c r="D153" t="inlineStr">
         <is>
           <t>Danmark</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="n">
-        <v>241.0</v>
+        <v>238.0</v>
       </c>
       <c r="B154" t="inlineStr">
         <is>
           <t>Kvinner</t>
         </is>
       </c>
       <c r="C154" t="n">
         <v>2022.0</v>
       </c>
       <c r="D154" t="inlineStr">
         <is>
           <t>Finland</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="n">
         <v>156.0</v>
       </c>
       <c r="B155" t="inlineStr">
         <is>
           <t>Menn</t>
         </is>
       </c>
       <c r="C155" t="n">
@@ -2926,76 +2926,256 @@
         <is>
           <t>Norge</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="n">
         <v>166.0</v>
       </c>
       <c r="B159" t="inlineStr">
         <is>
           <t>Menn</t>
         </is>
       </c>
       <c r="C159" t="n">
         <v>2022.0</v>
       </c>
       <c r="D159" t="inlineStr">
         <is>
           <t>Norge</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="n">
-        <v>613.0</v>
+        <v>614.0</v>
       </c>
       <c r="B160" t="inlineStr">
         <is>
           <t>Kvinner</t>
         </is>
       </c>
       <c r="C160" t="n">
         <v>2022.0</v>
       </c>
       <c r="D160" t="inlineStr">
         <is>
           <t>Sverige</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="n">
-        <v>387.0</v>
+        <v>388.0</v>
       </c>
       <c r="B161" t="inlineStr">
         <is>
           <t>Menn</t>
         </is>
       </c>
       <c r="C161" t="n">
         <v>2022.0</v>
       </c>
       <c r="D161" t="inlineStr">
+        <is>
+          <t>Sverige</t>
+        </is>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="n">
+        <v>490.0</v>
+      </c>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>Kvinner</t>
+        </is>
+      </c>
+      <c r="C162" t="n">
+        <v>2023.0</v>
+      </c>
+      <c r="D162" t="inlineStr">
+        <is>
+          <t>Danmark</t>
+        </is>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="n">
+        <v>279.0</v>
+      </c>
+      <c r="B163" t="inlineStr">
+        <is>
+          <t>Menn</t>
+        </is>
+      </c>
+      <c r="C163" t="n">
+        <v>2023.0</v>
+      </c>
+      <c r="D163" t="inlineStr">
+        <is>
+          <t>Danmark</t>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="n">
+        <v>292.0</v>
+      </c>
+      <c r="B164" t="inlineStr">
+        <is>
+          <t>Kvinner</t>
+        </is>
+      </c>
+      <c r="C164" t="n">
+        <v>2023.0</v>
+      </c>
+      <c r="D164" t="inlineStr">
+        <is>
+          <t>Finland</t>
+        </is>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="n">
+        <v>131.0</v>
+      </c>
+      <c r="B165" t="inlineStr">
+        <is>
+          <t>Menn</t>
+        </is>
+      </c>
+      <c r="C165" t="n">
+        <v>2023.0</v>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>Finland</t>
+        </is>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="n">
+        <v>10.0</v>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>Kvinner</t>
+        </is>
+      </c>
+      <c r="C166" t="n">
+        <v>2023.0</v>
+      </c>
+      <c r="D166" t="inlineStr">
+        <is>
+          <t>Island</t>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="n">
+        <v>9.0</v>
+      </c>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>Menn</t>
+        </is>
+      </c>
+      <c r="C167" t="n">
+        <v>2023.0</v>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>Island</t>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="n">
+        <v>317.0</v>
+      </c>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>Kvinner</t>
+        </is>
+      </c>
+      <c r="C168" t="n">
+        <v>2023.0</v>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>Norge</t>
+        </is>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="n">
+        <v>147.0</v>
+      </c>
+      <c r="B169" t="inlineStr">
+        <is>
+          <t>Menn</t>
+        </is>
+      </c>
+      <c r="C169" t="n">
+        <v>2023.0</v>
+      </c>
+      <c r="D169" t="inlineStr">
+        <is>
+          <t>Norge</t>
+        </is>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="n">
+        <v>588.0</v>
+      </c>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t>Kvinner</t>
+        </is>
+      </c>
+      <c r="C170" t="n">
+        <v>2023.0</v>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>Sverige</t>
+        </is>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="n">
+        <v>360.0</v>
+      </c>
+      <c r="B171" t="inlineStr">
+        <is>
+          <t>Menn</t>
+        </is>
+      </c>
+      <c r="C171" t="n">
+        <v>2023.0</v>
+      </c>
+      <c r="D171" t="inlineStr">
         <is>
           <t>Sverige</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>