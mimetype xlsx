--- v0 (2025-12-04)
+++ v1 (2026-02-12)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Sheet0" r:id="rId3" sheetId="1"/>
+    <sheet name="export" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
@@ -146,111 +146,111 @@
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>UiB</t>
         </is>
       </c>
       <c r="F2" t="n">
         <v>1525000.0</v>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>["Forebygging"]</t>
         </is>
       </c>
       <c r="H2" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I2" t="n">
         <v>2009.0</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="n">
-        <v>595000.0</v>
+        <v>938000.0</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>["Andre"]</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D3" t="n">
         <v>0.0</v>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F3" t="n">
-        <v>595000.0</v>
+        <v>938000.0</v>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>["Utvikling av behandlinger"]</t>
         </is>
       </c>
       <c r="H3" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I3" t="n">
         <v>2022.0</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="n">
-        <v>1312000.0</v>
+        <v>1998000.0</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>["Forplantning og fødsel"]</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D4" t="n">
         <v>0.0</v>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F4" t="n">
-        <v>656000.0</v>
+        <v>999000.0</v>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>["Årsaksforhold","Utvikling av behandlinger"]</t>
         </is>
       </c>
       <c r="H4" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I4" t="n">
         <v>2024.0</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="n">
         <v>1097000.0</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>["Lunger og luftveier"]</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
@@ -380,4681 +380,4872 @@
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>UiB</t>
         </is>
       </c>
       <c r="F8" t="n">
         <v>1536500.0</v>
       </c>
       <c r="G8" t="inlineStr">
         <is>
           <t>["Utvikling av behandlinger","Håndtering av sykdom"]</t>
         </is>
       </c>
       <c r="H8" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I8" t="n">
         <v>2020.0</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="n">
-        <v>766000.0</v>
+        <v>715500.0</v>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>["Generell helserelevans","Mental helse"]</t>
+          <t>["Hjerte og kar"]</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D9" t="n">
         <v>0.0</v>
       </c>
-      <c r="E9" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="E9"/>
       <c r="F9" t="n">
-        <v>766000.0</v>
+        <v>715500.0</v>
       </c>
       <c r="G9" t="inlineStr">
         <is>
-          <t>["Utvikling av behandlinger","Håndtering av sykdom"]</t>
+          <t>["Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H9" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I9" t="n">
-        <v>2008.0</v>
+        <v>2025.0</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="n">
-        <v>2883610.0</v>
+        <v>766000.0</v>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>["Hjerte og kar"]</t>
+          <t>["Generell helserelevans","Mental helse"]</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D10" t="n">
         <v>0.0</v>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>UiB</t>
         </is>
       </c>
       <c r="F10" t="n">
-        <v>1441805.0</v>
+        <v>766000.0</v>
       </c>
       <c r="G10" t="inlineStr">
         <is>
-          <t>["Årsaksforhold","Utvikling av behandlinger"]</t>
+          <t>["Utvikling av behandlinger","Håndtering av sykdom"]</t>
         </is>
       </c>
       <c r="H10" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I10" t="n">
-        <v>2016.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="n">
-        <v>2645000.0</v>
+        <v>2883610.0</v>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Hjerte og kar"]</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D11" t="n">
         <v>0.0</v>
       </c>
       <c r="E11" t="inlineStr">
         <is>
-          <t>UiT</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F11" t="n">
-        <v>2645000.0</v>
+        <v>1441805.0</v>
       </c>
       <c r="G11" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Årsaksforhold","Utvikling av behandlinger"]</t>
         </is>
       </c>
       <c r="H11" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I11" t="n">
-        <v>2010.0</v>
+        <v>2016.0</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="n">
-        <v>850000.0</v>
+        <v>2645000.0</v>
       </c>
       <c r="B12" t="inlineStr">
         <is>
           <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D12" t="n">
         <v>0.0</v>
       </c>
       <c r="E12" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiT</t>
         </is>
       </c>
       <c r="F12" t="n">
-        <v>850000.0</v>
+        <v>2645000.0</v>
       </c>
       <c r="G12" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H12" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I12" t="n">
-        <v>2009.0</v>
+        <v>2010.0</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="n">
-        <v>3318200.0</v>
+        <v>850000.0</v>
       </c>
       <c r="B13" t="inlineStr">
         <is>
           <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D13" t="n">
         <v>0.0</v>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>UiB</t>
         </is>
       </c>
       <c r="F13" t="n">
-        <v>3318200.0</v>
+        <v>850000.0</v>
       </c>
       <c r="G13" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H13" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I13" t="n">
-        <v>2020.0</v>
+        <v>2009.0</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="n">
-        <v>2034000.0</v>
+        <v>3318200.0</v>
       </c>
       <c r="B14" t="inlineStr">
         <is>
           <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D14" t="n">
         <v>0.0</v>
       </c>
       <c r="E14" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F14" t="n">
-        <v>1017000.0</v>
+        <v>3318200.0</v>
       </c>
       <c r="G14" t="inlineStr">
         <is>
-          <t>["Utvikling av behandlinger","Helse- og sosialtjenesteforskning"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H14" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I14" t="n">
-        <v>2012.0</v>
+        <v>2020.0</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="n">
-        <v>813000.0</v>
+        <v>2034000.0</v>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>["Hjerte og kar","Stoffskifte og hormoner"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D15" t="n">
         <v>0.0</v>
       </c>
       <c r="E15" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F15" t="n">
-        <v>1626000.0</v>
+        <v>1017000.0</v>
       </c>
       <c r="G15" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Utvikling av behandlinger","Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H15" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I15" t="n">
-        <v>2017.0</v>
+        <v>2012.0</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="n">
-        <v>1853750.0</v>
+        <v>813000.0</v>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>["Hjerte og kar"]</t>
+          <t>["Hjerte og kar","Stoffskifte og hormoner"]</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D16" t="n">
         <v>0.0</v>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>UiB</t>
         </is>
       </c>
       <c r="F16" t="n">
-        <v>1853750.0</v>
+        <v>1626000.0</v>
       </c>
       <c r="G16" t="inlineStr">
         <is>
           <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H16" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I16" t="n">
-        <v>2009.0</v>
+        <v>2017.0</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="n">
-        <v>1053000.0</v>
+        <v>1853750.0</v>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Hjerte og kar"]</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D17" t="n">
         <v>0.0</v>
       </c>
       <c r="E17" t="inlineStr">
         <is>
-          <t>UiT</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F17" t="n">
-        <v>1053000.0</v>
+        <v>1853750.0</v>
       </c>
       <c r="G17" t="inlineStr">
         <is>
-          <t>["Håndtering av sykdom"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H17" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I17" t="n">
-        <v>2017.0</v>
+        <v>2009.0</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="n">
-        <v>1964000.0</v>
+        <v>1053000.0</v>
       </c>
       <c r="B18" t="inlineStr">
         <is>
-          <t>["Hud"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D18" t="n">
         <v>0.0</v>
       </c>
       <c r="E18" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiT</t>
         </is>
       </c>
       <c r="F18" t="n">
-        <v>1964000.0</v>
+        <v>1053000.0</v>
       </c>
       <c r="G18" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Håndtering av sykdom"]</t>
         </is>
       </c>
       <c r="H18" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I18" t="n">
-        <v>2022.0</v>
+        <v>2017.0</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="n">
-        <v>3210500.0</v>
+        <v>2679500.0</v>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>["Mental helse"]</t>
+          <t>["Hud"]</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D19" t="n">
         <v>0.0</v>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F19" t="n">
-        <v>3210500.0</v>
+        <v>2679500.0</v>
       </c>
       <c r="G19" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H19" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I19" t="n">
-        <v>2015.0</v>
+        <v>2022.0</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="n">
-        <v>1647500.0</v>
+        <v>3210500.0</v>
       </c>
       <c r="B20" t="inlineStr">
         <is>
           <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D20" t="n">
         <v>0.0</v>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F20" t="n">
-        <v>1647500.0</v>
+        <v>3210500.0</v>
       </c>
       <c r="G20" t="inlineStr">
         <is>
           <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H20" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I20" t="n">
-        <v>2017.0</v>
+        <v>2015.0</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="n">
-        <v>2697500.0</v>
+        <v>1647500.0</v>
       </c>
       <c r="B21" t="inlineStr">
         <is>
-          <t>["Lunger og luftveier"]</t>
+          <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D21" t="n">
         <v>0.0</v>
       </c>
       <c r="E21" t="inlineStr">
         <is>
-          <t>UiT</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F21" t="n">
-        <v>2697500.0</v>
+        <v>1647500.0</v>
       </c>
       <c r="G21" t="inlineStr">
         <is>
-          <t>["Påvisning og diagnose"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H21" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I21" t="n">
         <v>2017.0</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="n">
-        <v>1964000.0</v>
+        <v>2697500.0</v>
       </c>
       <c r="B22" t="inlineStr">
         <is>
-          <t>["Infeksjon"]</t>
+          <t>["Lunger og luftveier"]</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D22" t="n">
         <v>0.0</v>
       </c>
       <c r="E22" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiT</t>
         </is>
       </c>
       <c r="F22" t="n">
-        <v>1964000.0</v>
+        <v>2697500.0</v>
       </c>
       <c r="G22" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H22" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I22" t="n">
-        <v>2022.0</v>
+        <v>2017.0</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="n">
-        <v>720000.0</v>
+        <v>2679500.0</v>
       </c>
       <c r="B23" t="inlineStr">
         <is>
           <t>["Infeksjon"]</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D23" t="n">
         <v>0.0</v>
       </c>
       <c r="E23" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F23" t="n">
-        <v>360000.0</v>
+        <v>2679500.0</v>
       </c>
       <c r="G23" t="inlineStr">
         <is>
-          <t>["Årsaksforhold","Evaluering av behandlinger"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H23" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I23" t="n">
-        <v>2014.0</v>
+        <v>2022.0</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="n">
-        <v>637500.0</v>
+        <v>720000.0</v>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>["Lunger og luftveier"]</t>
+          <t>["Infeksjon"]</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D24" t="n">
         <v>0.0</v>
       </c>
       <c r="E24" t="inlineStr">
         <is>
-          <t>UiT</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F24" t="n">
-        <v>637500.0</v>
+        <v>360000.0</v>
       </c>
       <c r="G24" t="inlineStr">
         <is>
-          <t>["Påvisning og diagnose"]</t>
+          <t>["Årsaksforhold","Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H24" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I24" t="n">
-        <v>2009.0</v>
+        <v>2014.0</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="n">
-        <v>1186500.0</v>
+        <v>637500.0</v>
       </c>
       <c r="B25" t="inlineStr">
         <is>
-          <t>["Mental helse"]</t>
+          <t>["Lunger og luftveier"]</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D25" t="n">
         <v>0.0</v>
       </c>
       <c r="E25" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiT</t>
         </is>
       </c>
       <c r="F25" t="n">
-        <v>1186500.0</v>
+        <v>637500.0</v>
       </c>
       <c r="G25" t="inlineStr">
         <is>
-          <t>["Håndtering av sykdom"]</t>
+          <t>["Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H25" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I25" t="n">
-        <v>2021.0</v>
+        <v>2009.0</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="n">
-        <v>2805000.0</v>
+        <v>1186500.0</v>
       </c>
       <c r="B26" t="inlineStr">
         <is>
-          <t>["Stoffskifte og hormoner"]</t>
+          <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D26" t="n">
         <v>0.0</v>
       </c>
       <c r="E26" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F26" t="n">
-        <v>2805000.0</v>
+        <v>1186500.0</v>
       </c>
       <c r="G26" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Håndtering av sykdom"]</t>
         </is>
       </c>
       <c r="H26" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I26" t="n">
-        <v>2011.0</v>
+        <v>2021.0</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="n">
-        <v>2600500.0</v>
+        <v>2805000.0</v>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Stoffskifte og hormoner"]</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D27" t="n">
         <v>0.0</v>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F27" t="n">
-        <v>2600500.0</v>
+        <v>2805000.0</v>
       </c>
       <c r="G27" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H27" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I27" t="n">
-        <v>2015.0</v>
+        <v>2011.0</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="n">
-        <v>2061000.0</v>
+        <v>2600500.0</v>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>["Infeksjon"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D28" t="n">
         <v>0.0</v>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F28" t="n">
-        <v>1030500.0</v>
+        <v>2600500.0</v>
       </c>
       <c r="G28" t="inlineStr">
         <is>
-          <t>["Årsaksforhold","Evaluering av behandlinger"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H28" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I28" t="n">
         <v>2015.0</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="n">
-        <v>212500.0</v>
+        <v>2061000.0</v>
       </c>
       <c r="B29" t="inlineStr">
         <is>
-          <t>["Kreft"]</t>
+          <t>["Infeksjon"]</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D29" t="n">
         <v>0.0</v>
       </c>
       <c r="E29" t="inlineStr">
         <is>
-          <t>UiT</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F29" t="n">
-        <v>212500.0</v>
+        <v>1030500.0</v>
       </c>
       <c r="G29" t="inlineStr">
         <is>
-          <t>["Påvisning og diagnose"]</t>
+          <t>["Årsaksforhold","Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H29" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I29" t="n">
-        <v>2009.0</v>
+        <v>2015.0</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="n">
-        <v>1016000.0</v>
+        <v>212500.0</v>
       </c>
       <c r="B30" t="inlineStr">
         <is>
-          <t>["Nyrer, urinveier og kjønnsorgan"]</t>
+          <t>["Kreft"]</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D30" t="n">
         <v>0.0</v>
       </c>
       <c r="E30" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiT</t>
         </is>
       </c>
       <c r="F30" t="n">
-        <v>1016000.0</v>
+        <v>212500.0</v>
       </c>
       <c r="G30" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H30" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I30" t="n">
-        <v>2013.0</v>
+        <v>2009.0</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="n">
-        <v>450000.0</v>
+        <v>1016000.0</v>
       </c>
       <c r="B31" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Nyrer, urinveier og kjønnsorgan"]</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D31" t="n">
         <v>0.0</v>
       </c>
       <c r="E31" t="inlineStr">
         <is>
-          <t>NTNU</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F31" t="n">
-        <v>450000.0</v>
+        <v>1016000.0</v>
       </c>
       <c r="G31" t="inlineStr">
         <is>
-          <t>["Håndtering av sykdom"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H31" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I31" t="n">
-        <v>2011.0</v>
+        <v>2013.0</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="n">
-        <v>3337250.0</v>
+        <v>450000.0</v>
       </c>
       <c r="B32" t="inlineStr">
         <is>
           <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D32" t="n">
         <v>0.0</v>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>NTNU</t>
         </is>
       </c>
       <c r="F32" t="n">
-        <v>1668625.0</v>
+        <v>450000.0</v>
       </c>
       <c r="G32" t="inlineStr">
         <is>
-          <t>["Håndtering av sykdom","Helse- og sosialtjenesteforskning"]</t>
+          <t>["Håndtering av sykdom"]</t>
         </is>
       </c>
       <c r="H32" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I32" t="n">
-        <v>2016.0</v>
+        <v>2011.0</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="n">
-        <v>931250.0</v>
+        <v>3337250.0</v>
       </c>
       <c r="B33" t="inlineStr">
         <is>
-          <t>["Mental helse","Nyrer, urinveier og kjønnsorgan"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D33" t="n">
         <v>0.0</v>
       </c>
       <c r="E33" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>NTNU</t>
         </is>
       </c>
       <c r="F33" t="n">
-        <v>1862500.0</v>
+        <v>1668625.0</v>
       </c>
       <c r="G33" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Håndtering av sykdom","Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H33" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I33" t="n">
         <v>2016.0</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="n">
-        <v>2986125.0</v>
+        <v>931250.0</v>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>["Kreft"]</t>
+          <t>["Mental helse","Nyrer, urinveier og kjønnsorgan"]</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D34" t="n">
         <v>0.0</v>
       </c>
       <c r="E34" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F34" t="n">
-        <v>1493062.5</v>
+        <v>1862500.0</v>
       </c>
       <c r="G34" t="inlineStr">
         <is>
-          <t>["Håndtering av sykdom","Helse- og sosialtjenesteforskning"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H34" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I34" t="n">
-        <v>2013.0</v>
+        <v>2016.0</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="n">
-        <v>1364750.0</v>
+        <v>2986125.0</v>
       </c>
       <c r="B35" t="inlineStr">
         <is>
-          <t>["Stoffskifte og hormoner"]</t>
+          <t>["Kreft"]</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D35" t="n">
         <v>0.0</v>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F35" t="n">
-        <v>682375.0</v>
+        <v>1493062.5</v>
       </c>
       <c r="G35" t="inlineStr">
         <is>
-          <t>["Påvisning og diagnose","Evaluering av behandlinger"]</t>
+          <t>["Håndtering av sykdom","Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H35" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I35" t="n">
-        <v>2017.0</v>
+        <v>2013.0</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="n">
-        <v>2362583.0</v>
+        <v>1364750.0</v>
       </c>
       <c r="B36" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Stoffskifte og hormoner"]</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D36" t="n">
         <v>0.0</v>
       </c>
       <c r="E36" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F36" t="n">
-        <v>2362583.0</v>
+        <v>682375.0</v>
       </c>
       <c r="G36" t="inlineStr">
         <is>
-          <t>["Håndtering av sykdom"]</t>
+          <t>["Påvisning og diagnose","Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H36" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I36" t="n">
-        <v>2013.0</v>
+        <v>2017.0</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="n">
-        <v>1014500.0</v>
+        <v>2362583.0</v>
       </c>
       <c r="B37" t="inlineStr">
         <is>
           <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C37" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D37" t="n">
         <v>0.0</v>
       </c>
       <c r="E37" t="inlineStr">
         <is>
           <t>UiB</t>
         </is>
       </c>
       <c r="F37" t="n">
-        <v>507250.0</v>
+        <v>2362583.0</v>
       </c>
       <c r="G37" t="inlineStr">
         <is>
-          <t>["Årsaksforhold","Helse- og sosialtjenesteforskning"]</t>
+          <t>["Håndtering av sykdom"]</t>
         </is>
       </c>
       <c r="H37" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I37" t="n">
-        <v>2016.0</v>
+        <v>2013.0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="n">
-        <v>2187500.0</v>
+        <v>1014500.0</v>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>["Stoffskifte og hormoner"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C38" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D38" t="n">
         <v>0.0</v>
       </c>
       <c r="E38" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F38" t="n">
-        <v>2187500.0</v>
+        <v>507250.0</v>
       </c>
       <c r="G38" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Årsaksforhold","Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H38" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I38" t="n">
-        <v>2008.0</v>
+        <v>2016.0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="n">
-        <v>3418250.0</v>
+        <v>2187500.0</v>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>["Mental helse"]</t>
+          <t>["Stoffskifte og hormoner"]</t>
         </is>
       </c>
       <c r="C39" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D39" t="n">
         <v>0.0</v>
       </c>
       <c r="E39" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F39" t="n">
-        <v>1709125.0</v>
+        <v>2187500.0</v>
       </c>
       <c r="G39" t="inlineStr">
         <is>
-          <t>["Årsaksforhold","Evaluering av behandlinger"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H39" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I39" t="n">
-        <v>2020.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="n">
-        <v>525000.0</v>
+        <v>3776000.0</v>
       </c>
       <c r="B40" t="inlineStr">
         <is>
           <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C40" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D40" t="n">
         <v>0.0</v>
       </c>
       <c r="E40" t="inlineStr">
         <is>
           <t>UiB</t>
         </is>
       </c>
       <c r="F40" t="n">
-        <v>262500.0</v>
+        <v>1888000.0</v>
       </c>
       <c r="G40" t="inlineStr">
         <is>
           <t>["Årsaksforhold","Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H40" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I40" t="n">
-        <v>2010.0</v>
+        <v>2020.0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="n">
-        <v>437500.0</v>
+        <v>525000.0</v>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C41" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D41" t="n">
         <v>0.0</v>
       </c>
       <c r="E41" t="inlineStr">
         <is>
-          <t>UiT</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F41" t="n">
-        <v>437500.0</v>
+        <v>262500.0</v>
       </c>
       <c r="G41" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Årsaksforhold","Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H41" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I41" t="n">
         <v>2010.0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="n">
-        <v>3574550.0</v>
+        <v>437500.0</v>
       </c>
       <c r="B42" t="inlineStr">
         <is>
-          <t>["Mental helse"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C42" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D42" t="n">
         <v>0.0</v>
       </c>
       <c r="E42" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiT</t>
         </is>
       </c>
       <c r="F42" t="n">
-        <v>3574550.0</v>
+        <v>437500.0</v>
       </c>
       <c r="G42" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H42" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I42" t="n">
-        <v>2019.0</v>
+        <v>2010.0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="n">
-        <v>3156417.0</v>
+        <v>3574550.0</v>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>["Infeksjon"]</t>
+          <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C43" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D43" t="n">
         <v>0.0</v>
       </c>
       <c r="E43" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F43" t="n">
-        <v>3156417.0</v>
+        <v>3574550.0</v>
       </c>
       <c r="G43" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H43" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I43" t="n">
-        <v>2018.0</v>
+        <v>2019.0</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="n">
-        <v>1873000.0</v>
+        <v>3156417.0</v>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>["Nyrer, urinveier og kjønnsorgan"]</t>
+          <t>["Infeksjon"]</t>
         </is>
       </c>
       <c r="C44" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D44" t="n">
         <v>0.0</v>
       </c>
       <c r="E44" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F44" t="n">
-        <v>1873000.0</v>
+        <v>3156417.0</v>
       </c>
       <c r="G44" t="inlineStr">
         <is>
           <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H44" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I44" t="n">
-        <v>2021.0</v>
+        <v>2018.0</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="n">
-        <v>850000.0</v>
+        <v>2559000.0</v>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>["Lunger og luftveier"]</t>
+          <t>["Nyrer, urinveier og kjønnsorgan"]</t>
         </is>
       </c>
       <c r="C45" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D45" t="n">
         <v>0.0</v>
       </c>
       <c r="E45" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F45" t="n">
-        <v>425000.0</v>
+        <v>2559000.0</v>
       </c>
       <c r="G45" t="inlineStr">
         <is>
-          <t>["Årsaksforhold","Påvisning og diagnose"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H45" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I45" t="n">
-        <v>2008.0</v>
+        <v>2021.0</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="n">
-        <v>622000.0</v>
+        <v>850000.0</v>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>["Nyrer, urinveier og kjønnsorgan"]</t>
+          <t>["Lunger og luftveier"]</t>
         </is>
       </c>
       <c r="C46" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D46" t="n">
         <v>0.0</v>
       </c>
       <c r="E46" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F46" t="n">
-        <v>622000.0</v>
+        <v>425000.0</v>
       </c>
       <c r="G46" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Årsaksforhold","Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H46" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I46" t="n">
-        <v>2023.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="n">
-        <v>1701000.0</v>
+        <v>622000.0</v>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Nyrer, urinveier og kjønnsorgan"]</t>
         </is>
       </c>
       <c r="C47" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D47" t="n">
         <v>0.0</v>
       </c>
       <c r="E47" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F47" t="n">
-        <v>850500.0</v>
+        <v>622000.0</v>
       </c>
       <c r="G47" t="inlineStr">
         <is>
-          <t>["Årsaksforhold","Helse- og sosialtjenesteforskning"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H47" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I47" t="n">
-        <v>2008.0</v>
+        <v>2023.0</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="n">
-        <v>212500.0</v>
+        <v>1701000.0</v>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>["Munnhule, mage-tarm"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C48" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D48" t="n">
         <v>0.0</v>
       </c>
       <c r="E48" t="inlineStr">
         <is>
-          <t>NTNU</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F48" t="n">
-        <v>212500.0</v>
+        <v>850500.0</v>
       </c>
       <c r="G48" t="inlineStr">
         <is>
-          <t>["Påvisning og diagnose"]</t>
+          <t>["Årsaksforhold","Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H48" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I48" t="n">
         <v>2008.0</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="n">
-        <v>2273250.0</v>
+        <v>212500.0</v>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Munnhule, mage-tarm"]</t>
         </is>
       </c>
       <c r="C49" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D49" t="n">
         <v>0.0</v>
       </c>
       <c r="E49" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>NTNU</t>
         </is>
       </c>
       <c r="F49" t="n">
-        <v>2273250.0</v>
+        <v>212500.0</v>
       </c>
       <c r="G49" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H49" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I49" t="n">
-        <v>2014.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="n">
-        <v>2521300.0</v>
+        <v>2273250.0</v>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>["Mental helse"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C50" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D50" t="n">
         <v>0.0</v>
       </c>
       <c r="E50" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F50" t="n">
-        <v>1260650.0</v>
+        <v>2273250.0</v>
       </c>
       <c r="G50" t="inlineStr">
         <is>
-          <t>["Årsaksforhold","Håndtering av sykdom"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H50" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I50" t="n">
-        <v>2021.0</v>
+        <v>2014.0</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="n">
-        <v>2498500.0</v>
+        <v>686000.0</v>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>["Lunger og luftveier"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C51" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D51" t="n">
         <v>0.0</v>
       </c>
       <c r="E51" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F51" t="n">
-        <v>2498500.0</v>
+        <v>343000.0</v>
       </c>
       <c r="G51" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Håndtering av sykdom","Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H51" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I51" t="n">
-        <v>2008.0</v>
+        <v>2025.0</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="n">
-        <v>1956000.0</v>
+        <v>3207300.0</v>
       </c>
       <c r="B52" t="inlineStr">
         <is>
           <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C52" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D52" t="n">
         <v>0.0</v>
       </c>
       <c r="E52" t="inlineStr">
         <is>
           <t>UiB</t>
         </is>
       </c>
       <c r="F52" t="n">
-        <v>978000.0</v>
+        <v>1603650.0</v>
       </c>
       <c r="G52" t="inlineStr">
         <is>
-          <t>["Årsaksforhold","Påvisning og diagnose"]</t>
+          <t>["Årsaksforhold","Håndtering av sykdom"]</t>
         </is>
       </c>
       <c r="H52" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I52" t="n">
-        <v>2011.0</v>
+        <v>2021.0</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="n">
-        <v>850000.0</v>
+        <v>2498500.0</v>
       </c>
       <c r="B53" t="inlineStr">
         <is>
-          <t>["Hjerte og kar"]</t>
+          <t>["Lunger og luftveier"]</t>
         </is>
       </c>
       <c r="C53" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D53" t="n">
         <v>0.0</v>
       </c>
       <c r="E53" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F53" t="n">
-        <v>850000.0</v>
+        <v>2498500.0</v>
       </c>
       <c r="G53" t="inlineStr">
         <is>
-          <t>["Håndtering av sykdom"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H53" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I53" t="n">
         <v>2008.0</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="n">
-        <v>1743750.0</v>
+        <v>1956000.0</v>
       </c>
       <c r="B54" t="inlineStr">
         <is>
-          <t>["Lunger og luftveier"]</t>
+          <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C54" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D54" t="n">
         <v>0.0</v>
       </c>
       <c r="E54" t="inlineStr">
         <is>
-          <t>UiT</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F54" t="n">
-        <v>1743750.0</v>
+        <v>978000.0</v>
       </c>
       <c r="G54" t="inlineStr">
         <is>
-          <t>["Påvisning og diagnose"]</t>
+          <t>["Årsaksforhold","Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H54" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I54" t="n">
-        <v>2008.0</v>
+        <v>2011.0</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="n">
-        <v>2054875.0</v>
+        <v>850000.0</v>
       </c>
       <c r="B55" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Hjerte og kar"]</t>
         </is>
       </c>
       <c r="C55" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D55" t="n">
         <v>0.0</v>
       </c>
       <c r="E55" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F55" t="n">
-        <v>1027437.5</v>
+        <v>850000.0</v>
       </c>
       <c r="G55" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger","Håndtering av sykdom"]</t>
+          <t>["Håndtering av sykdom"]</t>
         </is>
       </c>
       <c r="H55" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I55" t="n">
-        <v>2013.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="n">
-        <v>850000.0</v>
+        <v>1743750.0</v>
       </c>
       <c r="B56" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Lunger og luftveier"]</t>
         </is>
       </c>
       <c r="C56" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D56" t="n">
         <v>0.0</v>
       </c>
       <c r="E56" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiT</t>
         </is>
       </c>
       <c r="F56" t="n">
-        <v>425000.0</v>
+        <v>1743750.0</v>
       </c>
       <c r="G56" t="inlineStr">
         <is>
-          <t>["Utvikling av behandlinger","Helse- og sosialtjenesteforskning"]</t>
+          <t>["Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H56" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I56" t="n">
         <v>2008.0</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="n">
-        <v>548500.0</v>
+        <v>2054875.0</v>
       </c>
       <c r="B57" t="inlineStr">
         <is>
-          <t>["Lunger og luftveier"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C57" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D57" t="n">
         <v>0.0</v>
       </c>
       <c r="E57" t="inlineStr">
         <is>
-          <t>UiT</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F57" t="n">
-        <v>548500.0</v>
+        <v>1027437.5</v>
       </c>
       <c r="G57" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Evaluering av behandlinger","Håndtering av sykdom"]</t>
         </is>
       </c>
       <c r="H57" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I57" t="n">
-        <v>2008.0</v>
+        <v>2013.0</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="n">
-        <v>3355747.0</v>
+        <v>850000.0</v>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>["Hjerte og kar"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C58" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D58" t="n">
         <v>0.0</v>
       </c>
       <c r="E58" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F58" t="n">
-        <v>3355747.0</v>
+        <v>425000.0</v>
       </c>
       <c r="G58" t="inlineStr">
         <is>
-          <t>["Påvisning og diagnose"]</t>
+          <t>["Utvikling av behandlinger","Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H58" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I58" t="n">
-        <v>2017.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="n">
-        <v>2073500.0</v>
+        <v>548500.0</v>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Lunger og luftveier"]</t>
         </is>
       </c>
       <c r="C59" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D59" t="n">
         <v>0.0</v>
       </c>
       <c r="E59" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiT</t>
         </is>
       </c>
       <c r="F59" t="n">
-        <v>2073500.0</v>
+        <v>548500.0</v>
       </c>
       <c r="G59" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H59" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I59" t="n">
         <v>2008.0</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="n">
-        <v>2372000.0</v>
+        <v>3355747.0</v>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>["Mental helse"]</t>
+          <t>["Hjerte og kar"]</t>
         </is>
       </c>
       <c r="C60" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D60" t="n">
         <v>0.0</v>
       </c>
       <c r="E60" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F60" t="n">
-        <v>2372000.0</v>
+        <v>3355747.0</v>
       </c>
       <c r="G60" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H60" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I60" t="n">
-        <v>2008.0</v>
+        <v>2017.0</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="n">
-        <v>2473500.0</v>
+        <v>2073500.0</v>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>["Kreft"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C61" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D61" t="n">
         <v>0.0</v>
       </c>
       <c r="E61" t="inlineStr">
         <is>
-          <t>UiT</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F61" t="n">
-        <v>1236750.0</v>
+        <v>2073500.0</v>
       </c>
       <c r="G61" t="inlineStr">
         <is>
-          <t>["Påvisning og diagnose","Håndtering av sykdom"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H61" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I61" t="n">
         <v>2008.0</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="n">
-        <v>3612500.0</v>
+        <v>2372000.0</v>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>["Andre"]</t>
+          <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C62" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D62" t="n">
         <v>0.0</v>
       </c>
       <c r="E62" t="inlineStr">
         <is>
           <t>UiB</t>
         </is>
       </c>
       <c r="F62" t="n">
-        <v>3612500.0</v>
+        <v>2372000.0</v>
       </c>
       <c r="G62" t="inlineStr">
         <is>
-          <t>["Håndtering av sykdom"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H62" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I62" t="n">
-        <v>2019.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="n">
-        <v>2914500.0</v>
+        <v>2473500.0</v>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>["Andre"]</t>
+          <t>["Kreft"]</t>
         </is>
       </c>
       <c r="C63" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D63" t="n">
         <v>0.0</v>
       </c>
       <c r="E63" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiT</t>
         </is>
       </c>
       <c r="F63" t="n">
-        <v>2914500.0</v>
+        <v>1236750.0</v>
       </c>
       <c r="G63" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Påvisning og diagnose","Håndtering av sykdom"]</t>
         </is>
       </c>
       <c r="H63" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I63" t="n">
-        <v>2009.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="n">
-        <v>2262000.0</v>
+        <v>3612500.0</v>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>["Mental helse"]</t>
+          <t>["Andre"]</t>
         </is>
       </c>
       <c r="C64" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D64" t="n">
         <v>0.0</v>
       </c>
       <c r="E64" t="inlineStr">
         <is>
           <t>UiB</t>
         </is>
       </c>
       <c r="F64" t="n">
-        <v>2262000.0</v>
+        <v>3612500.0</v>
       </c>
       <c r="G64" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Håndtering av sykdom"]</t>
         </is>
       </c>
       <c r="H64" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I64" t="n">
-        <v>2008.0</v>
+        <v>2019.0</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="n">
-        <v>380500.0</v>
+        <v>2914500.0</v>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>["Stoffskifte og hormoner"]</t>
+          <t>["Andre"]</t>
         </is>
       </c>
       <c r="C65" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D65" t="n">
         <v>0.0</v>
       </c>
       <c r="E65" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F65" t="n">
-        <v>380500.0</v>
+        <v>2914500.0</v>
       </c>
       <c r="G65" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H65" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I65" t="n">
-        <v>2008.0</v>
+        <v>2009.0</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="n">
-        <v>393600.0</v>
+        <v>2262000.0</v>
       </c>
       <c r="B66" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C66" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D66" t="n">
         <v>0.0</v>
       </c>
       <c r="E66" t="inlineStr">
         <is>
-          <t>NTNU</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F66" t="n">
-        <v>393600.0</v>
+        <v>2262000.0</v>
       </c>
       <c r="G66" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H66" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I66" t="n">
-        <v>2024.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="n">
-        <v>237500.0</v>
+        <v>380500.0</v>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Stoffskifte og hormoner"]</t>
         </is>
       </c>
       <c r="C67" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D67" t="n">
         <v>0.0</v>
       </c>
       <c r="E67" t="inlineStr">
         <is>
-          <t>UiT</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F67" t="n">
-        <v>237500.0</v>
+        <v>380500.0</v>
       </c>
       <c r="G67" t="inlineStr">
         <is>
           <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H67" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I67" t="n">
-        <v>2014.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="n">
-        <v>3568500.0</v>
+        <v>1079600.0</v>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>["Mental helse"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C68" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D68" t="n">
         <v>0.0</v>
       </c>
       <c r="E68" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>NTNU</t>
         </is>
       </c>
       <c r="F68" t="n">
-        <v>3568500.0</v>
+        <v>1079600.0</v>
       </c>
       <c r="G68" t="inlineStr">
         <is>
-          <t>["Utvikling av behandlinger"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H68" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I68" t="n">
-        <v>2019.0</v>
+        <v>2024.0</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="n">
-        <v>212500.0</v>
+        <v>237500.0</v>
       </c>
       <c r="B69" t="inlineStr">
         <is>
           <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C69" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D69" t="n">
         <v>0.0</v>
       </c>
       <c r="E69" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiT</t>
         </is>
       </c>
       <c r="F69" t="n">
-        <v>212500.0</v>
+        <v>237500.0</v>
       </c>
       <c r="G69" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H69" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I69" t="n">
-        <v>2009.0</v>
+        <v>2014.0</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="n">
-        <v>450000.0</v>
+        <v>3568500.0</v>
       </c>
       <c r="B70" t="inlineStr">
         <is>
-          <t>["Lunger og luftveier"]</t>
+          <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C70" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D70" t="n">
         <v>0.0</v>
       </c>
       <c r="E70" t="inlineStr">
         <is>
-          <t>UiT</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F70" t="n">
-        <v>450000.0</v>
+        <v>3568500.0</v>
       </c>
       <c r="G70" t="inlineStr">
         <is>
-          <t>["Påvisning og diagnose"]</t>
+          <t>["Utvikling av behandlinger"]</t>
         </is>
       </c>
       <c r="H70" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I70" t="n">
-        <v>2012.0</v>
+        <v>2019.0</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="n">
-        <v>2901750.0</v>
+        <v>212500.0</v>
       </c>
       <c r="B71" t="inlineStr">
         <is>
-          <t>["Andre"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C71" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D71" t="n">
         <v>0.0</v>
       </c>
       <c r="E71" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F71" t="n">
-        <v>1450875.0</v>
+        <v>212500.0</v>
       </c>
       <c r="G71" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger","Håndtering av sykdom"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H71" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I71" t="n">
-        <v>2019.0</v>
+        <v>2009.0</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="n">
-        <v>2690000.0</v>
+        <v>450000.0</v>
       </c>
       <c r="B72" t="inlineStr">
         <is>
-          <t>["Mental helse"]</t>
+          <t>["Lunger og luftveier"]</t>
         </is>
       </c>
       <c r="C72" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D72" t="n">
         <v>0.0</v>
       </c>
       <c r="E72" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiT</t>
         </is>
       </c>
       <c r="F72" t="n">
-        <v>1345000.0</v>
+        <v>450000.0</v>
       </c>
       <c r="G72" t="inlineStr">
         <is>
-          <t>["Påvisning og diagnose","Evaluering av behandlinger"]</t>
+          <t>["Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H72" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I72" t="n">
-        <v>2010.0</v>
+        <v>2012.0</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="n">
-        <v>3094250.0</v>
+        <v>2901750.0</v>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>["Lunger og luftveier"]</t>
+          <t>["Andre"]</t>
         </is>
       </c>
       <c r="C73" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D73" t="n">
         <v>0.0</v>
       </c>
       <c r="E73" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F73" t="n">
-        <v>3094250.0</v>
+        <v>1450875.0</v>
       </c>
       <c r="G73" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Evaluering av behandlinger","Håndtering av sykdom"]</t>
         </is>
       </c>
       <c r="H73" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I73" t="n">
-        <v>2017.0</v>
+        <v>2019.0</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="n">
-        <v>980000.0</v>
+        <v>2690000.0</v>
       </c>
       <c r="B74" t="inlineStr">
         <is>
-          <t>["Munnhule, mage-tarm"]</t>
+          <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C74" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D74" t="n">
         <v>0.0</v>
       </c>
       <c r="E74" t="inlineStr">
         <is>
           <t>UiB</t>
         </is>
       </c>
       <c r="F74" t="n">
-        <v>980000.0</v>
+        <v>1345000.0</v>
       </c>
       <c r="G74" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Påvisning og diagnose","Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H74" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I74" t="n">
-        <v>2015.0</v>
+        <v>2010.0</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="n">
-        <v>425000.0</v>
+        <v>3094250.0</v>
       </c>
       <c r="B75" t="inlineStr">
         <is>
           <t>["Lunger og luftveier"]</t>
         </is>
       </c>
       <c r="C75" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D75" t="n">
         <v>0.0</v>
       </c>
       <c r="E75" t="inlineStr">
         <is>
-          <t>UiT</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F75" t="n">
-        <v>425000.0</v>
+        <v>3094250.0</v>
       </c>
       <c r="G75" t="inlineStr">
         <is>
-          <t>["Forebygging"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H75" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I75" t="n">
-        <v>2008.0</v>
+        <v>2017.0</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="n">
-        <v>2625000.0</v>
+        <v>980000.0</v>
       </c>
       <c r="B76" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Munnhule, mage-tarm"]</t>
         </is>
       </c>
       <c r="C76" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D76" t="n">
         <v>0.0</v>
       </c>
       <c r="E76" t="inlineStr">
         <is>
-          <t>NTNU</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F76" t="n">
-        <v>2625000.0</v>
+        <v>980000.0</v>
       </c>
       <c r="G76" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H76" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I76" t="n">
-        <v>2009.0</v>
+        <v>2015.0</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="n">
-        <v>3223500.0</v>
+        <v>425000.0</v>
       </c>
       <c r="B77" t="inlineStr">
         <is>
-          <t>["Hud"]</t>
+          <t>["Lunger og luftveier"]</t>
         </is>
       </c>
       <c r="C77" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D77" t="n">
         <v>0.0</v>
       </c>
       <c r="E77" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiT</t>
         </is>
       </c>
       <c r="F77" t="n">
-        <v>3223500.0</v>
+        <v>425000.0</v>
       </c>
       <c r="G77" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Forebygging"]</t>
         </is>
       </c>
       <c r="H77" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I77" t="n">
-        <v>2016.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="n">
-        <v>1651250.0</v>
+        <v>2625000.0</v>
       </c>
       <c r="B78" t="inlineStr">
         <is>
           <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C78" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D78" t="n">
         <v>0.0</v>
       </c>
       <c r="E78" t="inlineStr">
         <is>
           <t>NTNU</t>
         </is>
       </c>
       <c r="F78" t="n">
-        <v>1651250.0</v>
+        <v>2625000.0</v>
       </c>
       <c r="G78" t="inlineStr">
         <is>
-          <t>["Håndtering av sykdom"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H78" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I78" t="n">
-        <v>2018.0</v>
+        <v>2009.0</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="n">
-        <v>2973500.0</v>
+        <v>3223500.0</v>
       </c>
       <c r="B79" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Hud"]</t>
         </is>
       </c>
       <c r="C79" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D79" t="n">
         <v>0.0</v>
       </c>
       <c r="E79" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F79" t="n">
-        <v>2973500.0</v>
+        <v>3223500.0</v>
       </c>
       <c r="G79" t="inlineStr">
         <is>
-          <t>["Påvisning og diagnose"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H79" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I79" t="n">
-        <v>2019.0</v>
+        <v>2016.0</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="n">
-        <v>3547000.0</v>
+        <v>1651250.0</v>
       </c>
       <c r="B80" t="inlineStr">
         <is>
           <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C80" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D80" t="n">
         <v>0.0</v>
       </c>
       <c r="E80" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>NTNU</t>
         </is>
       </c>
       <c r="F80" t="n">
-        <v>3547000.0</v>
+        <v>1651250.0</v>
       </c>
       <c r="G80" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Håndtering av sykdom"]</t>
         </is>
       </c>
       <c r="H80" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I80" t="n">
         <v>2018.0</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="n">
-        <v>2354400.0</v>
+        <v>3659500.0</v>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>["Stoffskifte og hormoner"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C81" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D81" t="n">
         <v>0.0</v>
       </c>
       <c r="E81" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F81" t="n">
-        <v>2354400.0</v>
+        <v>3659500.0</v>
       </c>
       <c r="G81" t="inlineStr">
         <is>
-          <t>["Håndtering av sykdom"]</t>
+          <t>["Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H81" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I81" t="n">
-        <v>2022.0</v>
+        <v>2019.0</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="n">
-        <v>533500.0</v>
+        <v>3547000.0</v>
       </c>
       <c r="B82" t="inlineStr">
         <is>
-          <t>["Stoffskifte og hormoner"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C82" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D82" t="n">
         <v>0.0</v>
       </c>
       <c r="E82" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F82" t="n">
-        <v>533500.0</v>
+        <v>3547000.0</v>
       </c>
       <c r="G82" t="inlineStr">
         <is>
-          <t>["Forebygging"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H82" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I82" t="n">
         <v>2018.0</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="n">
-        <v>519500.0</v>
+        <v>3040400.0</v>
       </c>
       <c r="B83" t="inlineStr">
         <is>
-          <t>["Andre"]</t>
+          <t>["Stoffskifte og hormoner"]</t>
         </is>
       </c>
       <c r="C83" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D83" t="n">
         <v>0.0</v>
       </c>
       <c r="E83" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F83" t="n">
-        <v>519500.0</v>
+        <v>3040400.0</v>
       </c>
       <c r="G83" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Håndtering av sykdom"]</t>
         </is>
       </c>
       <c r="H83" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I83" t="n">
-        <v>2017.0</v>
+        <v>2022.0</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="n">
-        <v>2548500.0</v>
+        <v>533500.0</v>
       </c>
       <c r="B84" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Stoffskifte og hormoner"]</t>
         </is>
       </c>
       <c r="C84" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D84" t="n">
         <v>0.0</v>
       </c>
       <c r="E84" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F84" t="n">
-        <v>2548500.0</v>
+        <v>533500.0</v>
       </c>
       <c r="G84" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Forebygging"]</t>
         </is>
       </c>
       <c r="H84" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I84" t="n">
-        <v>2008.0</v>
+        <v>2018.0</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="n">
-        <v>1933000.0</v>
+        <v>519500.0</v>
       </c>
       <c r="B85" t="inlineStr">
         <is>
-          <t>["Skader og ulykker"]</t>
+          <t>["Andre"]</t>
         </is>
       </c>
       <c r="C85" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D85" t="n">
         <v>0.0</v>
       </c>
       <c r="E85" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F85" t="n">
-        <v>1933000.0</v>
+        <v>519500.0</v>
       </c>
       <c r="G85" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H85" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I85" t="n">
-        <v>2022.0</v>
+        <v>2017.0</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="n">
-        <v>3060500.0</v>
+        <v>2548500.0</v>
       </c>
       <c r="B86" t="inlineStr">
         <is>
-          <t>["Blod"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C86" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D86" t="n">
         <v>0.0</v>
       </c>
       <c r="E86" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F86" t="n">
-        <v>1530250.0</v>
+        <v>2548500.0</v>
       </c>
       <c r="G86" t="inlineStr">
         <is>
-          <t>["Årsaksforhold","Påvisning og diagnose"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H86" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I86" t="n">
-        <v>2014.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="n">
-        <v>3315500.0</v>
+        <v>2619000.0</v>
       </c>
       <c r="B87" t="inlineStr">
         <is>
-          <t>["Stoffskifte og hormoner"]</t>
+          <t>["Skader og ulykker"]</t>
         </is>
       </c>
       <c r="C87" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D87" t="n">
         <v>0.0</v>
       </c>
       <c r="E87" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F87" t="n">
-        <v>1657750.0</v>
+        <v>2619000.0</v>
       </c>
       <c r="G87" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger","Helse- og sosialtjenesteforskning"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H87" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I87" t="n">
-        <v>2016.0</v>
+        <v>2022.0</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="n">
-        <v>2031000.0</v>
+        <v>3060500.0</v>
       </c>
       <c r="B88" t="inlineStr">
         <is>
-          <t>["Muskel og skjelett"]</t>
+          <t>["Blod"]</t>
         </is>
       </c>
       <c r="C88" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D88" t="n">
         <v>0.0</v>
       </c>
       <c r="E88" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F88" t="n">
-        <v>2031000.0</v>
+        <v>1530250.0</v>
       </c>
       <c r="G88" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Årsaksforhold","Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H88" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I88" t="n">
-        <v>2008.0</v>
+        <v>2014.0</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="n">
-        <v>656000.0</v>
+        <v>3315500.0</v>
       </c>
       <c r="B89" t="inlineStr">
         <is>
           <t>["Stoffskifte og hormoner"]</t>
         </is>
       </c>
       <c r="C89" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D89" t="n">
         <v>0.0</v>
       </c>
       <c r="E89" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F89" t="n">
-        <v>656000.0</v>
+        <v>1657750.0</v>
       </c>
       <c r="G89" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Evaluering av behandlinger","Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H89" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I89" t="n">
-        <v>2024.0</v>
+        <v>2016.0</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="n">
-        <v>2818500.0</v>
+        <v>2031000.0</v>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>["Hjerneslag"]</t>
+          <t>["Muskel og skjelett"]</t>
         </is>
       </c>
       <c r="C90" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D90" t="n">
         <v>0.0</v>
       </c>
       <c r="E90" t="inlineStr">
         <is>
-          <t>NTNU</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F90" t="n">
-        <v>2818500.0</v>
+        <v>2031000.0</v>
       </c>
       <c r="G90" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H90" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I90" t="n">
-        <v>2013.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="n">
-        <v>3438500.0</v>
+        <v>1342000.0</v>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>["Muskel og skjelett"]</t>
+          <t>["Stoffskifte og hormoner"]</t>
         </is>
       </c>
       <c r="C91" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D91" t="n">
         <v>0.0</v>
       </c>
       <c r="E91" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F91" t="n">
-        <v>3438500.0</v>
+        <v>1342000.0</v>
       </c>
       <c r="G91" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H91" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I91" t="n">
-        <v>2018.0</v>
+        <v>2024.0</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="n">
-        <v>1184500.0</v>
+        <v>2818500.0</v>
       </c>
       <c r="B92" t="inlineStr">
         <is>
-          <t>["Hjerte og kar"]</t>
+          <t>["Hjerneslag"]</t>
         </is>
       </c>
       <c r="C92" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D92" t="n">
         <v>0.0</v>
       </c>
       <c r="E92" t="inlineStr">
         <is>
-          <t>UiT</t>
+          <t>NTNU</t>
         </is>
       </c>
       <c r="F92" t="n">
-        <v>1184500.0</v>
+        <v>2818500.0</v>
       </c>
       <c r="G92" t="inlineStr">
         <is>
-          <t>["Påvisning og diagnose"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H92" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I92" t="n">
-        <v>2020.0</v>
+        <v>2013.0</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="n">
-        <v>850000.0</v>
+        <v>3438500.0</v>
       </c>
       <c r="B93" t="inlineStr">
         <is>
-          <t>["Hjerte og kar"]</t>
+          <t>["Muskel og skjelett"]</t>
         </is>
       </c>
       <c r="C93" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D93" t="n">
         <v>0.0</v>
       </c>
       <c r="E93" t="inlineStr">
         <is>
-          <t>NTNU</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F93" t="n">
-        <v>425000.0</v>
+        <v>3438500.0</v>
       </c>
       <c r="G93" t="inlineStr">
         <is>
-          <t>["Forebygging","Helse- og sosialtjenesteforskning"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H93" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I93" t="n">
-        <v>2010.0</v>
+        <v>2018.0</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="n">
-        <v>1808000.0</v>
+        <v>1184500.0</v>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>["Lunger og luftveier"]</t>
+          <t>["Hjerte og kar"]</t>
         </is>
       </c>
       <c r="C94" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D94" t="n">
         <v>0.0</v>
       </c>
       <c r="E94" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiT</t>
         </is>
       </c>
       <c r="F94" t="n">
-        <v>1808000.0</v>
+        <v>1184500.0</v>
       </c>
       <c r="G94" t="inlineStr">
         <is>
           <t>["Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H94" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I94" t="n">
-        <v>2014.0</v>
+        <v>2020.0</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="n">
-        <v>2184000.0</v>
+        <v>850000.0</v>
       </c>
       <c r="B95" t="inlineStr">
         <is>
-          <t>["Lunger og luftveier"]</t>
+          <t>["Hjerte og kar"]</t>
         </is>
       </c>
       <c r="C95" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D95" t="n">
         <v>0.0</v>
       </c>
       <c r="E95" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>NTNU</t>
         </is>
       </c>
       <c r="F95" t="n">
-        <v>2184000.0</v>
+        <v>425000.0</v>
       </c>
       <c r="G95" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Forebygging","Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H95" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I95" t="n">
-        <v>2021.0</v>
+        <v>2010.0</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="n">
-        <v>3602350.0</v>
+        <v>1808000.0</v>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>["Mental helse"]</t>
+          <t>["Lunger og luftveier"]</t>
         </is>
       </c>
       <c r="C96" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D96" t="n">
         <v>0.0</v>
       </c>
       <c r="E96" t="inlineStr">
         <is>
           <t>UiB</t>
         </is>
       </c>
       <c r="F96" t="n">
-        <v>1801175.0</v>
+        <v>1808000.0</v>
       </c>
       <c r="G96" t="inlineStr">
         <is>
-          <t>["Årsaksforhold","Helse- og sosialtjenesteforskning"]</t>
+          <t>["Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H96" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I96" t="n">
-        <v>2019.0</v>
+        <v>2014.0</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="n">
-        <v>1053000.0</v>
+        <v>2899500.0</v>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>["Nyrer, urinveier og kjønnsorgan"]</t>
+          <t>["Lunger og luftveier"]</t>
         </is>
       </c>
       <c r="C97" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D97" t="n">
         <v>0.0</v>
       </c>
       <c r="E97" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F97" t="n">
-        <v>1053000.0</v>
+        <v>2899500.0</v>
       </c>
       <c r="G97" t="inlineStr">
         <is>
           <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H97" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I97" t="n">
-        <v>2017.0</v>
+        <v>2021.0</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="n">
-        <v>2920000.0</v>
+        <v>3602350.0</v>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C98" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D98" t="n">
         <v>0.0</v>
       </c>
       <c r="E98" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F98" t="n">
-        <v>2920000.0</v>
+        <v>1801175.0</v>
       </c>
       <c r="G98" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Årsaksforhold","Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H98" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I98" t="n">
-        <v>2014.0</v>
+        <v>2019.0</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="n">
-        <v>3210250.0</v>
+        <v>1053000.0</v>
       </c>
       <c r="B99" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Nyrer, urinveier og kjønnsorgan"]</t>
         </is>
       </c>
       <c r="C99" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D99" t="n">
         <v>0.0</v>
       </c>
       <c r="E99" t="inlineStr">
         <is>
-          <t>NTNU</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F99" t="n">
-        <v>3210250.0</v>
+        <v>1053000.0</v>
       </c>
       <c r="G99" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H99" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I99" t="n">
         <v>2017.0</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="n">
-        <v>170000.0</v>
+        <v>2920000.0</v>
       </c>
       <c r="B100" t="inlineStr">
         <is>
-          <t>["Hud"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C100" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D100" t="n">
         <v>0.0</v>
       </c>
       <c r="E100" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F100" t="n">
-        <v>170000.0</v>
+        <v>2920000.0</v>
       </c>
       <c r="G100" t="inlineStr">
         <is>
           <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H100" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I100" t="n">
-        <v>2008.0</v>
+        <v>2014.0</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="n">
-        <v>3259200.0</v>
+        <v>3746875.0</v>
       </c>
       <c r="B101" t="inlineStr">
         <is>
           <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C101" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D101" t="n">
         <v>0.0</v>
       </c>
       <c r="E101" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>NTNU</t>
         </is>
       </c>
       <c r="F101" t="n">
-        <v>3259200.0</v>
+        <v>3746875.0</v>
       </c>
       <c r="G101" t="inlineStr">
         <is>
-          <t>["Påvisning og diagnose"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H101" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I101" t="n">
-        <v>2021.0</v>
+        <v>2017.0</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="n">
-        <v>2770000.0</v>
+        <v>170000.0</v>
       </c>
       <c r="B102" t="inlineStr">
         <is>
-          <t>["Mental helse"]</t>
+          <t>["Hud"]</t>
         </is>
       </c>
       <c r="C102" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D102" t="n">
         <v>0.0</v>
       </c>
       <c r="E102" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F102" t="n">
-        <v>1385000.0</v>
+        <v>170000.0</v>
       </c>
       <c r="G102" t="inlineStr">
         <is>
-          <t>["Årsaksforhold","Påvisning og diagnose"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H102" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I102" t="n">
-        <v>2011.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="n">
-        <v>2713520.0</v>
+        <v>1073250.0</v>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>["Muskel og skjelett"]</t>
+          <t>["Hjerte og kar"]</t>
         </is>
       </c>
       <c r="C103" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D103" t="n">
         <v>0.0</v>
       </c>
       <c r="E103" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F103" t="n">
-        <v>2713520.0</v>
+        <v>1073250.0</v>
       </c>
       <c r="G103" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H103" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I103" t="n">
-        <v>2008.0</v>
+        <v>2025.0</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="n">
-        <v>443750.0</v>
+        <v>3808000.0</v>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>["Infeksjon"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C104" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D104" t="n">
         <v>0.0</v>
       </c>
       <c r="E104" t="inlineStr">
         <is>
           <t>UiB</t>
         </is>
       </c>
       <c r="F104" t="n">
-        <v>443750.0</v>
+        <v>3808000.0</v>
       </c>
       <c r="G104" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H104" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I104" t="n">
-        <v>2011.0</v>
+        <v>2021.0</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="n">
-        <v>1025000.0</v>
+        <v>2770000.0</v>
       </c>
       <c r="B105" t="inlineStr">
         <is>
           <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C105" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D105" t="n">
         <v>0.0</v>
       </c>
       <c r="E105" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F105" t="n">
-        <v>1025000.0</v>
+        <v>1385000.0</v>
       </c>
       <c r="G105" t="inlineStr">
         <is>
-          <t>["Påvisning og diagnose"]</t>
+          <t>["Årsaksforhold","Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H105" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I105" t="n">
-        <v>2008.0</v>
+        <v>2011.0</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="n">
-        <v>2019000.0</v>
+        <v>2713520.0</v>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>["Stoffskifte og hormoner"]</t>
+          <t>["Muskel og skjelett"]</t>
         </is>
       </c>
       <c r="C106" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D106" t="n">
         <v>0.0</v>
       </c>
       <c r="E106" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F106" t="n">
-        <v>2019000.0</v>
+        <v>2713520.0</v>
       </c>
       <c r="G106" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H106" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I106" t="n">
-        <v>2015.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="n">
-        <v>2796250.0</v>
+        <v>443750.0</v>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Infeksjon"]</t>
         </is>
       </c>
       <c r="C107" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D107" t="n">
         <v>0.0</v>
       </c>
       <c r="E107" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F107" t="n">
-        <v>2796250.0</v>
+        <v>443750.0</v>
       </c>
       <c r="G107" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H107" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I107" t="n">
-        <v>2010.0</v>
+        <v>2011.0</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="n">
-        <v>746000.0</v>
+        <v>1025000.0</v>
       </c>
       <c r="B108" t="inlineStr">
         <is>
           <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C108" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D108" t="n">
         <v>0.0</v>
       </c>
       <c r="E108" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F108" t="n">
-        <v>373000.0</v>
+        <v>1025000.0</v>
       </c>
       <c r="G108" t="inlineStr">
         <is>
-          <t>["Årsaksforhold","Påvisning og diagnose"]</t>
+          <t>["Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H108" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I108" t="n">
-        <v>2024.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="n">
-        <v>168000.0</v>
+        <v>2019000.0</v>
       </c>
       <c r="B109" t="inlineStr">
         <is>
           <t>["Stoffskifte og hormoner"]</t>
         </is>
       </c>
       <c r="C109" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D109" t="n">
         <v>0.0</v>
       </c>
       <c r="E109" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F109" t="n">
-        <v>168000.0</v>
+        <v>2019000.0</v>
       </c>
       <c r="G109" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H109" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I109" t="n">
-        <v>2008.0</v>
+        <v>2015.0</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="n">
-        <v>2446000.0</v>
+        <v>2796250.0</v>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>["Mental helse"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C110" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D110" t="n">
         <v>0.0</v>
       </c>
       <c r="E110" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F110" t="n">
-        <v>2446000.0</v>
+        <v>2796250.0</v>
       </c>
       <c r="G110" t="inlineStr">
         <is>
           <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H110" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I110" t="n">
-        <v>2009.0</v>
+        <v>2010.0</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="n">
-        <v>495000.0</v>
+        <v>1461500.0</v>
       </c>
       <c r="B111" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C111" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D111" t="n">
         <v>0.0</v>
       </c>
       <c r="E111" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F111" t="n">
-        <v>495000.0</v>
+        <v>730750.0</v>
       </c>
       <c r="G111" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Årsaksforhold","Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H111" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I111" t="n">
-        <v>2015.0</v>
+        <v>2024.0</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="n">
-        <v>450000.0</v>
+        <v>168000.0</v>
       </c>
       <c r="B112" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Stoffskifte og hormoner"]</t>
         </is>
       </c>
       <c r="C112" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D112" t="n">
         <v>0.0</v>
       </c>
       <c r="E112" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F112" t="n">
-        <v>450000.0</v>
+        <v>168000.0</v>
       </c>
       <c r="G112" t="inlineStr">
         <is>
-          <t>["Helse- og sosialtjenesteforskning"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H112" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I112" t="n">
-        <v>2011.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="n">
-        <v>1352500.0</v>
+        <v>2446000.0</v>
       </c>
       <c r="B113" t="inlineStr">
         <is>
-          <t>["Andre"]</t>
+          <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C113" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D113" t="n">
         <v>0.0</v>
       </c>
       <c r="E113" t="inlineStr">
         <is>
-          <t>UiT</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F113" t="n">
-        <v>676250.0</v>
+        <v>2446000.0</v>
       </c>
       <c r="G113" t="inlineStr">
         <is>
-          <t>["Årsaksforhold","Håndtering av sykdom"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H113" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I113" t="n">
-        <v>2011.0</v>
+        <v>2009.0</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="n">
-        <v>3439350.0</v>
+        <v>495000.0</v>
       </c>
       <c r="B114" t="inlineStr">
         <is>
-          <t>["Stoffskifte og hormoner"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C114" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D114" t="n">
         <v>0.0</v>
       </c>
       <c r="E114" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F114" t="n">
-        <v>3439350.0</v>
+        <v>495000.0</v>
       </c>
       <c r="G114" t="inlineStr">
         <is>
           <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H114" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I114" t="n">
-        <v>2019.0</v>
+        <v>2015.0</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="n">
-        <v>3019250.0</v>
+        <v>450000.0</v>
       </c>
       <c r="B115" t="inlineStr">
         <is>
-          <t>["Stoffskifte og hormoner"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C115" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D115" t="n">
         <v>0.0</v>
       </c>
       <c r="E115" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F115" t="n">
-        <v>3019250.0</v>
+        <v>450000.0</v>
       </c>
       <c r="G115" t="inlineStr">
         <is>
-          <t>["Påvisning og diagnose"]</t>
+          <t>["Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
       <c r="H115" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I115" t="n">
-        <v>2013.0</v>
+        <v>2011.0</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="n">
-        <v>2372000.0</v>
+        <v>1352500.0</v>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>["Stoffskifte og hormoner"]</t>
+          <t>["Andre"]</t>
         </is>
       </c>
       <c r="C116" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D116" t="n">
         <v>0.0</v>
       </c>
       <c r="E116" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiT</t>
         </is>
       </c>
       <c r="F116" t="n">
-        <v>1186000.0</v>
+        <v>676250.0</v>
       </c>
       <c r="G116" t="inlineStr">
         <is>
-          <t>["Årsaksforhold","Evaluering av behandlinger"]</t>
+          <t>["Årsaksforhold","Håndtering av sykdom"]</t>
         </is>
       </c>
       <c r="H116" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I116" t="n">
-        <v>2008.0</v>
+        <v>2011.0</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="n">
-        <v>2677500.0</v>
+        <v>3439350.0</v>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>["Andre"]</t>
+          <t>["Stoffskifte og hormoner"]</t>
         </is>
       </c>
       <c r="C117" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D117" t="n">
         <v>0.0</v>
       </c>
       <c r="E117" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F117" t="n">
-        <v>2677500.0</v>
+        <v>3439350.0</v>
       </c>
       <c r="G117" t="inlineStr">
         <is>
           <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H117" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I117" t="n">
-        <v>2009.0</v>
+        <v>2019.0</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="n">
-        <v>1156000.0</v>
+        <v>3019250.0</v>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>["Skader og ulykker"]</t>
+          <t>["Stoffskifte og hormoner"]</t>
         </is>
       </c>
       <c r="C118" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D118" t="n">
         <v>0.0</v>
       </c>
       <c r="E118" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F118" t="n">
-        <v>1156000.0</v>
+        <v>3019250.0</v>
       </c>
       <c r="G118" t="inlineStr">
         <is>
-          <t>["Evaluering av behandlinger"]</t>
+          <t>["Påvisning og diagnose"]</t>
         </is>
       </c>
       <c r="H118" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I118" t="n">
-        <v>2021.0</v>
+        <v>2013.0</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="n">
-        <v>2741500.0</v>
+        <v>2372000.0</v>
       </c>
       <c r="B119" t="inlineStr">
         <is>
-          <t>["Mental helse"]</t>
+          <t>["Stoffskifte og hormoner"]</t>
         </is>
       </c>
       <c r="C119" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D119" t="n">
         <v>0.0</v>
       </c>
       <c r="E119" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F119" t="n">
-        <v>1370750.0</v>
+        <v>1186000.0</v>
       </c>
       <c r="G119" t="inlineStr">
         <is>
           <t>["Årsaksforhold","Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H119" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I119" t="n">
-        <v>2011.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="n">
-        <v>686000.0</v>
+        <v>2677500.0</v>
       </c>
       <c r="B120" t="inlineStr">
         <is>
-          <t>["Generell helserelevans"]</t>
+          <t>["Andre"]</t>
         </is>
       </c>
       <c r="C120" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D120" t="n">
         <v>0.0</v>
       </c>
       <c r="E120" t="inlineStr">
         <is>
           <t>UiO</t>
         </is>
       </c>
       <c r="F120" t="n">
-        <v>686000.0</v>
+        <v>2677500.0</v>
       </c>
       <c r="G120" t="inlineStr">
         <is>
-          <t>["Utvikling av behandlinger"]</t>
+          <t>["Årsaksforhold"]</t>
         </is>
       </c>
       <c r="H120" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I120" t="n">
-        <v>2024.0</v>
+        <v>2009.0</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="n">
-        <v>465000.0</v>
+        <v>1156000.0</v>
       </c>
       <c r="B121" t="inlineStr">
         <is>
-          <t>["Nyrer, urinveier og kjønnsorgan"]</t>
+          <t>["Skader og ulykker"]</t>
         </is>
       </c>
       <c r="C121" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D121" t="n">
         <v>0.0</v>
       </c>
       <c r="E121" t="inlineStr">
         <is>
-          <t>UiO</t>
+          <t>UiB</t>
         </is>
       </c>
       <c r="F121" t="n">
-        <v>465000.0</v>
+        <v>1156000.0</v>
       </c>
       <c r="G121" t="inlineStr">
         <is>
           <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H121" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I121" t="n">
-        <v>2013.0</v>
+        <v>2021.0</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="n">
-        <v>1385000.0</v>
+        <v>2741500.0</v>
       </c>
       <c r="B122" t="inlineStr">
         <is>
-          <t>["Andre","Generell helserelevans"]</t>
+          <t>["Mental helse"]</t>
         </is>
       </c>
       <c r="C122" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D122" t="n">
         <v>0.0</v>
       </c>
       <c r="E122" t="inlineStr">
         <is>
-          <t>NTNU</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F122" t="n">
-        <v>2770000.0</v>
+        <v>1370750.0</v>
       </c>
       <c r="G122" t="inlineStr">
         <is>
-          <t>["Underbyggende forskning"]</t>
+          <t>["Årsaksforhold","Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H122" t="inlineStr">
         <is>
           <t>Mann</t>
         </is>
       </c>
       <c r="I122" t="n">
         <v>2011.0</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="n">
-        <v>2036000.0</v>
+        <v>686000.0</v>
       </c>
       <c r="B123" t="inlineStr">
         <is>
           <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C123" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D123" t="n">
         <v>0.0</v>
       </c>
       <c r="E123" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F123" t="n">
-        <v>1018000.0</v>
+        <v>686000.0</v>
       </c>
       <c r="G123" t="inlineStr">
         <is>
-          <t>["Forebygging","Utvikling av behandlinger"]</t>
+          <t>["Utvikling av behandlinger"]</t>
         </is>
       </c>
       <c r="H123" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I123" t="n">
-        <v>2008.0</v>
+        <v>2024.0</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="n">
-        <v>1386300.0</v>
+        <v>465000.0</v>
       </c>
       <c r="B124" t="inlineStr">
         <is>
-          <t>["Munnhule, mage-tarm"]</t>
+          <t>["Nyrer, urinveier og kjønnsorgan"]</t>
         </is>
       </c>
       <c r="C124" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D124" t="n">
         <v>0.0</v>
       </c>
       <c r="E124" t="inlineStr">
         <is>
-          <t>UiB</t>
+          <t>UiO</t>
         </is>
       </c>
       <c r="F124" t="n">
-        <v>1386300.0</v>
+        <v>465000.0</v>
       </c>
       <c r="G124" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Evaluering av behandlinger"]</t>
         </is>
       </c>
       <c r="H124" t="inlineStr">
         <is>
-          <t>Mann</t>
+          <t>Kvinne</t>
         </is>
       </c>
       <c r="I124" t="n">
-        <v>2008.0</v>
+        <v>2013.0</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="n">
-        <v>577500.0</v>
+        <v>1385000.0</v>
       </c>
       <c r="B125" t="inlineStr">
         <is>
-          <t>["Andre","Generell helserelevans","Mental helse","Muskel og skjelett"]</t>
+          <t>["Andre","Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C125" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D125" t="n">
         <v>0.0</v>
       </c>
       <c r="E125" t="inlineStr">
         <is>
-          <t>UiT</t>
+          <t>NTNU</t>
         </is>
       </c>
       <c r="F125" t="n">
-        <v>1155000.0</v>
+        <v>2770000.0</v>
       </c>
       <c r="G125" t="inlineStr">
         <is>
-          <t>["Utvikling av behandlinger","Helse- og sosialtjenesteforskning"]</t>
+          <t>["Underbyggende forskning"]</t>
         </is>
       </c>
       <c r="H125" t="inlineStr">
         <is>
-          <t>Kvinne</t>
+          <t>Mann</t>
         </is>
       </c>
       <c r="I125" t="n">
-        <v>2019.0</v>
+        <v>2011.0</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="n">
-        <v>1649050.0</v>
+        <v>2036000.0</v>
       </c>
       <c r="B126" t="inlineStr">
         <is>
-          <t>["Andre"]</t>
+          <t>["Generell helserelevans"]</t>
         </is>
       </c>
       <c r="C126" t="inlineStr">
         <is>
           <t>[]</t>
         </is>
       </c>
       <c r="D126" t="n">
         <v>0.0</v>
       </c>
       <c r="E126" t="inlineStr">
         <is>
           <t>UiB</t>
         </is>
       </c>
       <c r="F126" t="n">
-        <v>1649050.0</v>
+        <v>1018000.0</v>
       </c>
       <c r="G126" t="inlineStr">
         <is>
-          <t>["Årsaksforhold"]</t>
+          <t>["Forebygging","Utvikling av behandlinger"]</t>
         </is>
       </c>
       <c r="H126" t="inlineStr">
         <is>
           <t>Kvinne</t>
         </is>
       </c>
       <c r="I126" t="n">
-        <v>2011.0</v>
+        <v>2008.0</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="n">
+        <v>1386300.0</v>
+      </c>
+      <c r="B127" t="inlineStr">
+        <is>
+          <t>["Munnhule, mage-tarm"]</t>
+        </is>
+      </c>
+      <c r="C127" t="inlineStr">
+        <is>
+          <t>[]</t>
+        </is>
+      </c>
+      <c r="D127" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>UiB</t>
+        </is>
+      </c>
+      <c r="F127" t="n">
+        <v>1386300.0</v>
+      </c>
+      <c r="G127" t="inlineStr">
+        <is>
+          <t>["Årsaksforhold"]</t>
+        </is>
+      </c>
+      <c r="H127" t="inlineStr">
+        <is>
+          <t>Mann</t>
+        </is>
+      </c>
+      <c r="I127" t="n">
+        <v>2008.0</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="n">
+        <v>749000.0</v>
+      </c>
+      <c r="B128" t="inlineStr">
+        <is>
+          <t>["Andre","Generell helserelevans","Mental helse","Muskel og skjelett"]</t>
+        </is>
+      </c>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>[]</t>
+        </is>
+      </c>
+      <c r="D128" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>UiT</t>
+        </is>
+      </c>
+      <c r="F128" t="n">
+        <v>1498000.0</v>
+      </c>
+      <c r="G128" t="inlineStr">
+        <is>
+          <t>["Utvikling av behandlinger","Helse- og sosialtjenesteforskning"]</t>
+        </is>
+      </c>
+      <c r="H128" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="I128" t="n">
+        <v>2019.0</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="n">
+        <v>1649050.0</v>
+      </c>
+      <c r="B129" t="inlineStr">
+        <is>
+          <t>["Andre"]</t>
+        </is>
+      </c>
+      <c r="C129" t="inlineStr">
+        <is>
+          <t>[]</t>
+        </is>
+      </c>
+      <c r="D129" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>UiB</t>
+        </is>
+      </c>
+      <c r="F129" t="n">
+        <v>1649050.0</v>
+      </c>
+      <c r="G129" t="inlineStr">
+        <is>
+          <t>["Årsaksforhold"]</t>
+        </is>
+      </c>
+      <c r="H129" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="I129" t="n">
+        <v>2011.0</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="n">
         <v>2953750.0</v>
       </c>
-      <c r="B127" t="inlineStr">
+      <c r="B130" t="inlineStr">
         <is>
           <t>["Generell helserelevans"]</t>
         </is>
       </c>
-      <c r="C127" t="inlineStr">
-[...12 lines deleted...]
-      <c r="F127" t="n">
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>[]</t>
+        </is>
+      </c>
+      <c r="D130" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>UiO</t>
+        </is>
+      </c>
+      <c r="F130" t="n">
         <v>1476875.0</v>
       </c>
-      <c r="G127" t="inlineStr">
+      <c r="G130" t="inlineStr">
         <is>
           <t>["Evaluering av behandlinger","Helse- og sosialtjenesteforskning"]</t>
         </is>
       </c>
-      <c r="H127" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I127" t="n">
+      <c r="H130" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="I130" t="n">
         <v>2012.0</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="n">
+        <v>429300.0</v>
+      </c>
+      <c r="B131" t="inlineStr">
+        <is>
+          <t>["Hjernen og nervesystemet"]</t>
+        </is>
+      </c>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>[]</t>
+        </is>
+      </c>
+      <c r="D131" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>UiB</t>
+        </is>
+      </c>
+      <c r="F131" t="n">
+        <v>214650.0</v>
+      </c>
+      <c r="G131" t="inlineStr">
+        <is>
+          <t>["Påvisning og diagnose","Håndtering av sykdom"]</t>
+        </is>
+      </c>
+      <c r="H131" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="I131" t="n">
+        <v>2025.0</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="n">
+        <v>1029000.0</v>
+      </c>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>["Hjerte og kar"]</t>
+        </is>
+      </c>
+      <c r="C132" t="inlineStr">
+        <is>
+          <t>[]</t>
+        </is>
+      </c>
+      <c r="D132" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>UiT</t>
+        </is>
+      </c>
+      <c r="F132" t="n">
+        <v>514500.0</v>
+      </c>
+      <c r="G132" t="inlineStr">
+        <is>
+          <t>["Evaluering av behandlinger","Håndtering av sykdom"]</t>
+        </is>
+      </c>
+      <c r="H132" t="inlineStr">
+        <is>
+          <t>Kvinne</t>
+        </is>
+      </c>
+      <c r="I132" t="n">
+        <v>2025.0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>